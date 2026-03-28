--- v1 (2025-12-22)
+++ v2 (2026-03-28)
@@ -4,88 +4,88 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D502  NPL ของสถาบันการเงินเฉพาะกิจ จำแนกตามประเภทธุรกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1757C23-F066-4FCB-9F07-4E69F4E365B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04917066-4E78-46AE-9921-6D61D5F98FE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{96E9A26D-6AFA-4EB8-97BA-26E46D53A2B1}"/>
   </bookViews>
   <sheets>
     <sheet name="ปี 2551-2557" sheetId="1" r:id="rId1"/>
     <sheet name="ปี 2558- ปัจจุบัน" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'ปี 2558- ปัจจุบัน'!$A$4:$EU$66</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="181">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>มี.ค. 51</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
     <t>มี.ค. 52</t>
   </si>
   <si>
@@ -578,54 +578,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 2568</t>
+    <t>ก.ย. 68</t>
   </si>
   <si>
-    <t>ก.ย. 68</t>
+    <t>ปรับปรุงข้อมูลล่าสุด : ธ.ค. 2568</t>
+  </si>
+  <si>
+    <t>ธ.ค. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-107041E]\ mmm\ yy;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
@@ -907,58 +910,58 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="6" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Style 1" xfId="2" xr:uid="{4C239A7E-EACE-4245-B05D-0D1138F080E7}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1423,54 +1426,54 @@
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
     </row>
     <row r="8" spans="1:294">
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="AC8" s="4"/>
-      <c r="ED8" s="61" t="s">
+      <c r="ED8" s="63" t="s">
         <v>92</v>
       </c>
-      <c r="EE8" s="61"/>
+      <c r="EE8" s="63"/>
     </row>
     <row r="9" spans="1:294">
       <c r="A9" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="23" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="23" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>9</v>
@@ -16269,125 +16272,125 @@
       <c r="N60" s="36"/>
       <c r="O60" s="36"/>
     </row>
     <row r="61" spans="1:294" customFormat="1" ht="15"/>
     <row r="62" spans="1:294" customFormat="1" ht="15"/>
     <row r="63" spans="1:294" customFormat="1" ht="15"/>
     <row r="64" spans="1:294" customFormat="1" ht="15"/>
     <row r="65" customFormat="1" ht="15"/>
     <row r="66" customFormat="1" ht="15"/>
     <row r="67" customFormat="1" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="ED8:EE8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C655474F-5E79-4260-BAEB-CE11E295E4B3}">
   <dimension ref="A4:KX75"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="AJ1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="AQ10" sqref="AQ10:AR62"/>
+      <selection pane="topRight" activeCell="AQ4" sqref="AQ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="83.85546875" style="2" customWidth="1"/>
-    <col min="2" max="44" width="13" style="3" customWidth="1"/>
-    <col min="45" max="150" width="10" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="45" width="13" style="3" customWidth="1"/>
+    <col min="46" max="150" width="10" style="3" bestFit="1" customWidth="1"/>
     <col min="151" max="151" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="311" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:310" ht="21.75" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:310">
       <c r="A5" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="6" spans="1:310">
       <c r="A6" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:310">
       <c r="A7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
     </row>
     <row r="8" spans="1:310">
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
-      <c r="ET8" s="61" t="s">
+      <c r="ET8" s="63" t="s">
         <v>92</v>
       </c>
-      <c r="EU8" s="61"/>
+      <c r="EU8" s="63"/>
     </row>
     <row r="9" spans="1:310">
       <c r="A9" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>61</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>63</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>64</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>65</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>66</v>
@@ -16476,53 +16479,55 @@
       <c r="AJ9" s="22" t="s">
         <v>170</v>
       </c>
       <c r="AK9" s="22" t="s">
         <v>171</v>
       </c>
       <c r="AL9" s="22" t="s">
         <v>172</v>
       </c>
       <c r="AM9" s="22" t="s">
         <v>173</v>
       </c>
       <c r="AN9" s="22" t="s">
         <v>174</v>
       </c>
       <c r="AO9" s="22" t="s">
         <v>175</v>
       </c>
       <c r="AP9" s="22" t="s">
         <v>176</v>
       </c>
       <c r="AQ9" s="22" t="s">
         <v>177</v>
       </c>
       <c r="AR9" s="22" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="AS9"/>
+        <v>178</v>
+      </c>
+      <c r="AS9" s="22" t="s">
+        <v>180</v>
+      </c>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
       <c r="AY9"/>
       <c r="AZ9"/>
       <c r="BA9"/>
       <c r="BB9"/>
       <c r="BC9"/>
       <c r="BD9"/>
       <c r="BE9"/>
       <c r="BF9"/>
       <c r="BG9"/>
       <c r="BH9"/>
       <c r="BI9"/>
       <c r="BJ9"/>
       <c r="BK9"/>
       <c r="BL9"/>
       <c r="BM9"/>
       <c r="BN9"/>
       <c r="BO9"/>
       <c r="BP9"/>
       <c r="BQ9"/>
       <c r="BR9"/>
@@ -16837,51 +16842,53 @@
       </c>
       <c r="AK10" s="27">
         <v>63176.651194590013</v>
       </c>
       <c r="AL10" s="27">
         <v>65611.049876859994</v>
       </c>
       <c r="AM10" s="27">
         <v>83756.049907049994</v>
       </c>
       <c r="AN10" s="27">
         <v>100565.43289162006</v>
       </c>
       <c r="AO10" s="27">
         <v>100304.76956183002</v>
       </c>
       <c r="AP10" s="27">
         <v>68587.71614275001</v>
       </c>
       <c r="AQ10" s="27">
         <v>70856.933010440029</v>
       </c>
       <c r="AR10" s="27">
         <v>76132.922334389979</v>
       </c>
-      <c r="AS10"/>
+      <c r="AS10" s="27">
+        <v>85980.01365682992</v>
+      </c>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
       <c r="BD10"/>
       <c r="BE10"/>
       <c r="BF10"/>
       <c r="BG10"/>
       <c r="BH10"/>
       <c r="BI10"/>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10"/>
       <c r="BN10"/>
       <c r="BO10"/>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10"/>
@@ -17196,51 +17203,53 @@
       </c>
       <c r="AK11" s="28">
         <v>579.98852824999994</v>
       </c>
       <c r="AL11" s="28">
         <v>668.95565621000003</v>
       </c>
       <c r="AM11" s="28">
         <v>658.60948239000004</v>
       </c>
       <c r="AN11" s="28">
         <v>648.38925146000008</v>
       </c>
       <c r="AO11" s="28">
         <v>606.86404561999996</v>
       </c>
       <c r="AP11" s="28">
         <v>703.30948103999992</v>
       </c>
       <c r="AQ11" s="28">
         <v>681.1994579499999</v>
       </c>
       <c r="AR11" s="28">
         <v>672.62343836999992</v>
       </c>
-      <c r="AS11"/>
+      <c r="AS11" s="28">
+        <v>397.66166136000004</v>
+      </c>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
       <c r="BD11"/>
       <c r="BE11"/>
       <c r="BF11"/>
       <c r="BG11"/>
       <c r="BH11"/>
       <c r="BI11"/>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11"/>
       <c r="BN11"/>
       <c r="BO11"/>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11"/>
@@ -17555,51 +17564,53 @@
       </c>
       <c r="AK12" s="27">
         <v>12172.34182236</v>
       </c>
       <c r="AL12" s="27">
         <v>14237.296974880002</v>
       </c>
       <c r="AM12" s="27">
         <v>15085.845271310001</v>
       </c>
       <c r="AN12" s="27">
         <v>15177.812629239999</v>
       </c>
       <c r="AO12" s="27">
         <v>14267.268303269997</v>
       </c>
       <c r="AP12" s="27">
         <v>14412.431399919999</v>
       </c>
       <c r="AQ12" s="27">
         <v>15216.237355029998</v>
       </c>
       <c r="AR12" s="27">
         <v>16434.426462339998</v>
       </c>
-      <c r="AS12"/>
+      <c r="AS12" s="27">
+        <v>16684.380948980001</v>
+      </c>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
       <c r="BE12"/>
       <c r="BF12"/>
       <c r="BG12"/>
       <c r="BH12"/>
       <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12"/>
       <c r="BN12"/>
       <c r="BO12"/>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12"/>
@@ -17914,51 +17925,53 @@
       </c>
       <c r="AK13" s="28">
         <v>969.47023968000008</v>
       </c>
       <c r="AL13" s="28">
         <v>1037.36327843</v>
       </c>
       <c r="AM13" s="28">
         <v>1044.5589725499999</v>
       </c>
       <c r="AN13" s="28">
         <v>943.28734677</v>
       </c>
       <c r="AO13" s="28">
         <v>981.11959359000002</v>
       </c>
       <c r="AP13" s="28">
         <v>975.04000313999995</v>
       </c>
       <c r="AQ13" s="28">
         <v>947.84857088000001</v>
       </c>
       <c r="AR13" s="28">
         <v>943.10928555999999</v>
       </c>
-      <c r="AS13"/>
+      <c r="AS13" s="28">
+        <v>920.37702559000002</v>
+      </c>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
       <c r="BD13"/>
       <c r="BE13"/>
       <c r="BF13"/>
       <c r="BG13"/>
       <c r="BH13"/>
       <c r="BI13"/>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13"/>
       <c r="BN13"/>
       <c r="BO13"/>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13"/>
@@ -18273,51 +18286,53 @@
       </c>
       <c r="AK14" s="27">
         <v>128.76389978</v>
       </c>
       <c r="AL14" s="27">
         <v>150.65983374999999</v>
       </c>
       <c r="AM14" s="27">
         <v>172.66282478999997</v>
       </c>
       <c r="AN14" s="27">
         <v>169.86245900999998</v>
       </c>
       <c r="AO14" s="27">
         <v>136.92753261000001</v>
       </c>
       <c r="AP14" s="27">
         <v>124.53160797</v>
       </c>
       <c r="AQ14" s="27">
         <v>124.35198941999998</v>
       </c>
       <c r="AR14" s="27">
         <v>124.10634286999999</v>
       </c>
-      <c r="AS14"/>
+      <c r="AS14" s="27">
+        <v>128.96103052999999</v>
+      </c>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14"/>
       <c r="BA14"/>
       <c r="BB14"/>
       <c r="BC14"/>
       <c r="BD14"/>
       <c r="BE14"/>
       <c r="BF14"/>
       <c r="BG14"/>
       <c r="BH14"/>
       <c r="BI14"/>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14"/>
       <c r="BN14"/>
       <c r="BO14"/>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14"/>
@@ -18632,51 +18647,53 @@
       </c>
       <c r="AK15" s="28">
         <v>3507.0884610399999</v>
       </c>
       <c r="AL15" s="28">
         <v>4477.8848616800005</v>
       </c>
       <c r="AM15" s="28">
         <v>4903.2686156700011</v>
       </c>
       <c r="AN15" s="28">
         <v>4942.3665668200001</v>
       </c>
       <c r="AO15" s="28">
         <v>4734.7599089999994</v>
       </c>
       <c r="AP15" s="28">
         <v>4903.8989212999995</v>
       </c>
       <c r="AQ15" s="28">
         <v>4646.126429410001</v>
       </c>
       <c r="AR15" s="28">
         <v>4666.9006121400007</v>
       </c>
-      <c r="AS15"/>
+      <c r="AS15" s="28">
+        <v>4854.4921207999996</v>
+      </c>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15"/>
       <c r="BA15"/>
       <c r="BB15"/>
       <c r="BC15"/>
       <c r="BD15"/>
       <c r="BE15"/>
       <c r="BF15"/>
       <c r="BG15"/>
       <c r="BH15"/>
       <c r="BI15"/>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15"/>
       <c r="BN15"/>
       <c r="BO15"/>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15"/>
@@ -18991,51 +19008,53 @@
       </c>
       <c r="AK16" s="27">
         <v>17861.102596689994</v>
       </c>
       <c r="AL16" s="27">
         <v>20401.424462690004</v>
       </c>
       <c r="AM16" s="27">
         <v>22308.501962379996</v>
       </c>
       <c r="AN16" s="27">
         <v>22580.70697300999</v>
       </c>
       <c r="AO16" s="27">
         <v>21823.720804269993</v>
       </c>
       <c r="AP16" s="27">
         <v>22300.16229158999</v>
       </c>
       <c r="AQ16" s="27">
         <v>22200.666668969996</v>
       </c>
       <c r="AR16" s="27">
         <v>23263.47400383999</v>
       </c>
-      <c r="AS16"/>
+      <c r="AS16" s="27">
+        <v>23370.090321829979</v>
+      </c>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
       <c r="BD16"/>
       <c r="BE16"/>
       <c r="BF16"/>
       <c r="BG16"/>
       <c r="BH16"/>
       <c r="BI16"/>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16"/>
       <c r="BN16"/>
       <c r="BO16"/>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16"/>
@@ -19350,51 +19369,53 @@
       </c>
       <c r="AK17" s="28">
         <v>4092.5376552800008</v>
       </c>
       <c r="AL17" s="28">
         <v>4297.2122757100005</v>
       </c>
       <c r="AM17" s="28">
         <v>6534.8120509099999</v>
       </c>
       <c r="AN17" s="28">
         <v>6640.316513650002</v>
       </c>
       <c r="AO17" s="28">
         <v>4199.1042116100016</v>
       </c>
       <c r="AP17" s="28">
         <v>4184.1515612600006</v>
       </c>
       <c r="AQ17" s="28">
         <v>4189.4016506099997</v>
       </c>
       <c r="AR17" s="28">
         <v>1519.5832041299996</v>
       </c>
-      <c r="AS17"/>
+      <c r="AS17" s="28">
+        <v>1482.9780869699996</v>
+      </c>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
       <c r="BD17"/>
       <c r="BE17"/>
       <c r="BF17"/>
       <c r="BG17"/>
       <c r="BH17"/>
       <c r="BI17"/>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17"/>
       <c r="BN17"/>
       <c r="BO17"/>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17"/>
@@ -19709,51 +19730,53 @@
       </c>
       <c r="AK18" s="27">
         <v>6166.4313111800002</v>
       </c>
       <c r="AL18" s="27">
         <v>5396.4333527199997</v>
       </c>
       <c r="AM18" s="27">
         <v>5790.2952750500008</v>
       </c>
       <c r="AN18" s="27">
         <v>6780.2013284600016</v>
       </c>
       <c r="AO18" s="27">
         <v>6448.228169930002</v>
       </c>
       <c r="AP18" s="27">
         <v>6419.901441940001</v>
       </c>
       <c r="AQ18" s="27">
         <v>6448.7734414300003</v>
       </c>
       <c r="AR18" s="27">
         <v>6584.6961401600001</v>
       </c>
-      <c r="AS18"/>
+      <c r="AS18" s="27">
+        <v>6650.4782528100013</v>
+      </c>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
       <c r="BD18"/>
       <c r="BE18"/>
       <c r="BF18"/>
       <c r="BG18"/>
       <c r="BH18"/>
       <c r="BI18"/>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18"/>
       <c r="BN18"/>
       <c r="BO18"/>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18"/>
@@ -20068,51 +20091,53 @@
       </c>
       <c r="AK19" s="28">
         <v>1002.4660347800001</v>
       </c>
       <c r="AL19" s="28">
         <v>1073.4692800599998</v>
       </c>
       <c r="AM19" s="28">
         <v>1098.5116051599998</v>
       </c>
       <c r="AN19" s="28">
         <v>1075.4157056999998</v>
       </c>
       <c r="AO19" s="28">
         <v>1098.3433467100001</v>
       </c>
       <c r="AP19" s="28">
         <v>1106.4196952399998</v>
       </c>
       <c r="AQ19" s="28">
         <v>1090.1776587899997</v>
       </c>
       <c r="AR19" s="28">
         <v>1118.4753305300001</v>
       </c>
-      <c r="AS19"/>
+      <c r="AS19" s="28">
+        <v>1113.31025075</v>
+      </c>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
       <c r="BD19"/>
       <c r="BE19"/>
       <c r="BF19"/>
       <c r="BG19"/>
       <c r="BH19"/>
       <c r="BI19"/>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19"/>
       <c r="BN19"/>
       <c r="BO19"/>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19"/>
@@ -20427,51 +20452,53 @@
       </c>
       <c r="AK20" s="27">
         <v>5621.6708429900018</v>
       </c>
       <c r="AL20" s="27">
         <v>5384.8240580399988</v>
       </c>
       <c r="AM20" s="27">
         <v>5768.3570377500009</v>
       </c>
       <c r="AN20" s="27">
         <v>6796.9381224000008</v>
       </c>
       <c r="AO20" s="27">
         <v>7540.318190930001</v>
       </c>
       <c r="AP20" s="27">
         <v>6966.8565665699998</v>
       </c>
       <c r="AQ20" s="27">
         <v>7617.4608045900004</v>
       </c>
       <c r="AR20" s="27">
         <v>8143.7450615999987</v>
       </c>
-      <c r="AS20"/>
+      <c r="AS20" s="27">
+        <v>8417.4245938299991</v>
+      </c>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
       <c r="BD20"/>
       <c r="BE20"/>
       <c r="BF20"/>
       <c r="BG20"/>
       <c r="BH20"/>
       <c r="BI20"/>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20"/>
       <c r="BN20"/>
       <c r="BO20"/>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20"/>
@@ -20786,51 +20813,53 @@
       </c>
       <c r="AK21" s="28">
         <v>6370.6906512500009</v>
       </c>
       <c r="AL21" s="28">
         <v>7704.6727894400001</v>
       </c>
       <c r="AM21" s="28">
         <v>6541.4226671100005</v>
       </c>
       <c r="AN21" s="28">
         <v>4966.0324404100002</v>
       </c>
       <c r="AO21" s="28">
         <v>4946.0288448099991</v>
       </c>
       <c r="AP21" s="28">
         <v>4562.6384305299998</v>
       </c>
       <c r="AQ21" s="28">
         <v>4503.8781602999998</v>
       </c>
       <c r="AR21" s="28">
         <v>4721.2038784699998</v>
       </c>
-      <c r="AS21"/>
+      <c r="AS21" s="28">
+        <v>6095.8920988900009</v>
+      </c>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
       <c r="BD21"/>
       <c r="BE21"/>
       <c r="BF21"/>
       <c r="BG21"/>
       <c r="BH21"/>
       <c r="BI21"/>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21"/>
       <c r="BN21"/>
       <c r="BO21"/>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21"/>
@@ -21145,51 +21174,53 @@
       </c>
       <c r="AK22" s="27">
         <v>204.53496738999999</v>
       </c>
       <c r="AL22" s="27">
         <v>287.17069972999997</v>
       </c>
       <c r="AM22" s="27">
         <v>358.98723866999995</v>
       </c>
       <c r="AN22" s="27">
         <v>290.39310611000002</v>
       </c>
       <c r="AO22" s="27">
         <v>312.06386974999998</v>
       </c>
       <c r="AP22" s="27">
         <v>398.09443640999996</v>
       </c>
       <c r="AQ22" s="27">
         <v>396.46572875999993</v>
       </c>
       <c r="AR22" s="27">
         <v>398.94758728999994</v>
       </c>
-      <c r="AS22"/>
+      <c r="AS22" s="27">
+        <v>355.62950482999997</v>
+      </c>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
       <c r="BD22"/>
       <c r="BE22"/>
       <c r="BF22"/>
       <c r="BG22"/>
       <c r="BH22"/>
       <c r="BI22"/>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22"/>
       <c r="BN22"/>
       <c r="BO22"/>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22"/>
@@ -21504,51 +21535,53 @@
       </c>
       <c r="AK23" s="28">
         <v>1480.25437657</v>
       </c>
       <c r="AL23" s="28">
         <v>1584.8160262700001</v>
       </c>
       <c r="AM23" s="28">
         <v>1931.8921596099999</v>
       </c>
       <c r="AN23" s="28">
         <v>1969.0436663999999</v>
       </c>
       <c r="AO23" s="28">
         <v>1906.0314646900001</v>
       </c>
       <c r="AP23" s="28">
         <v>1800.9281229699998</v>
       </c>
       <c r="AQ23" s="28">
         <v>1872.8545370100001</v>
       </c>
       <c r="AR23" s="28">
         <v>1956.5975776800003</v>
       </c>
-      <c r="AS23"/>
+      <c r="AS23" s="28">
+        <v>1962.9852720199999</v>
+      </c>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
       <c r="BD23"/>
       <c r="BE23"/>
       <c r="BF23"/>
       <c r="BG23"/>
       <c r="BH23"/>
       <c r="BI23"/>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23"/>
       <c r="BN23"/>
       <c r="BO23"/>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23"/>
@@ -21863,51 +21896,53 @@
       </c>
       <c r="AK24" s="27">
         <v>205.89962659000003</v>
       </c>
       <c r="AL24" s="27">
         <v>302.23981258000003</v>
       </c>
       <c r="AM24" s="27">
         <v>237.74618272000001</v>
       </c>
       <c r="AN24" s="27">
         <v>419.80851194999991</v>
       </c>
       <c r="AO24" s="27">
         <v>388.03254012999997</v>
       </c>
       <c r="AP24" s="27">
         <v>266.41947352</v>
       </c>
       <c r="AQ24" s="27">
         <v>298.60524814999997</v>
       </c>
       <c r="AR24" s="27">
         <v>241.15179823</v>
       </c>
-      <c r="AS24"/>
+      <c r="AS24" s="27">
+        <v>278.86420074</v>
+      </c>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
       <c r="BD24"/>
       <c r="BE24"/>
       <c r="BF24"/>
       <c r="BG24"/>
       <c r="BH24"/>
       <c r="BI24"/>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24"/>
       <c r="BN24"/>
       <c r="BO24"/>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24"/>
@@ -22222,51 +22257,53 @@
       </c>
       <c r="AK25" s="28">
         <v>586.36174321999999</v>
       </c>
       <c r="AL25" s="28">
         <v>592.71117339</v>
       </c>
       <c r="AM25" s="28">
         <v>598.71764352000002</v>
       </c>
       <c r="AN25" s="28">
         <v>613.35106354000004</v>
       </c>
       <c r="AO25" s="28">
         <v>620.22033698999996</v>
       </c>
       <c r="AP25" s="28">
         <v>663.90797739999994</v>
       </c>
       <c r="AQ25" s="28">
         <v>623.48920578000002</v>
       </c>
       <c r="AR25" s="28">
         <v>630.64684602</v>
       </c>
-      <c r="AS25"/>
+      <c r="AS25" s="28">
+        <v>639.38614275999998</v>
+      </c>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25"/>
       <c r="BA25"/>
       <c r="BB25"/>
       <c r="BC25"/>
       <c r="BD25"/>
       <c r="BE25"/>
       <c r="BF25"/>
       <c r="BG25"/>
       <c r="BH25"/>
       <c r="BI25"/>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25"/>
       <c r="BN25"/>
       <c r="BO25"/>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25"/>
@@ -22581,51 +22618,53 @@
       </c>
       <c r="AK26" s="27">
         <v>129.28516614</v>
       </c>
       <c r="AL26" s="27">
         <v>167.92678241000002</v>
       </c>
       <c r="AM26" s="27">
         <v>217.21044337000001</v>
       </c>
       <c r="AN26" s="27">
         <v>231.55373264999997</v>
       </c>
       <c r="AO26" s="27">
         <v>200.13568566000001</v>
       </c>
       <c r="AP26" s="27">
         <v>159.80266972000001</v>
       </c>
       <c r="AQ26" s="27">
         <v>194.28682082999998</v>
       </c>
       <c r="AR26" s="27">
         <v>199.65222097000003</v>
       </c>
-      <c r="AS26"/>
+      <c r="AS26" s="27">
+        <v>188.73509539</v>
+      </c>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
       <c r="BD26"/>
       <c r="BE26"/>
       <c r="BF26"/>
       <c r="BG26"/>
       <c r="BH26"/>
       <c r="BI26"/>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26"/>
       <c r="BN26"/>
       <c r="BO26"/>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26"/>
@@ -22940,51 +22979,53 @@
       </c>
       <c r="AK27" s="28">
         <v>142.42629017000002</v>
       </c>
       <c r="AL27" s="28">
         <v>172.31716929000001</v>
       </c>
       <c r="AM27" s="28">
         <v>196.50358391</v>
       </c>
       <c r="AN27" s="28">
         <v>212.16031845999998</v>
       </c>
       <c r="AO27" s="28">
         <v>199.01683530999995</v>
       </c>
       <c r="AP27" s="28">
         <v>365.64705071000003</v>
       </c>
       <c r="AQ27" s="28">
         <v>176.95982471999997</v>
       </c>
       <c r="AR27" s="28">
         <v>175.95494349999996</v>
       </c>
-      <c r="AS27"/>
+      <c r="AS27" s="28">
+        <v>363.79565130999998</v>
+      </c>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
       <c r="BD27"/>
       <c r="BE27"/>
       <c r="BF27"/>
       <c r="BG27"/>
       <c r="BH27"/>
       <c r="BI27"/>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27"/>
       <c r="BN27"/>
       <c r="BO27"/>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27"/>
@@ -23299,51 +23340,53 @@
       </c>
       <c r="AK28" s="27">
         <v>3262.2830674000006</v>
       </c>
       <c r="AL28" s="27">
         <v>3435.8450842100001</v>
       </c>
       <c r="AM28" s="27">
         <v>3673.9460904099988</v>
       </c>
       <c r="AN28" s="27">
         <v>3669.2079381900003</v>
       </c>
       <c r="AO28" s="27">
         <v>3624.1747933600004</v>
       </c>
       <c r="AP28" s="27">
         <v>3501.8039013699999</v>
       </c>
       <c r="AQ28" s="27">
         <v>3630.2030802099998</v>
       </c>
       <c r="AR28" s="27">
         <v>3658.863655749999</v>
       </c>
-      <c r="AS28"/>
+      <c r="AS28" s="27">
+        <v>3784.4929409699994</v>
+      </c>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
       <c r="BD28"/>
       <c r="BE28"/>
       <c r="BF28"/>
       <c r="BG28"/>
       <c r="BH28"/>
       <c r="BI28"/>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28"/>
       <c r="BN28"/>
       <c r="BO28"/>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28"/>
@@ -23658,51 +23701,53 @@
       </c>
       <c r="AK29" s="59">
         <v>291.78675529999992</v>
       </c>
       <c r="AL29" s="59">
         <v>288.18949183000001</v>
       </c>
       <c r="AM29" s="59">
         <v>315.79948530000001</v>
       </c>
       <c r="AN29" s="59">
         <v>315.04752468999999</v>
       </c>
       <c r="AO29" s="59">
         <v>304.62104262000003</v>
       </c>
       <c r="AP29" s="59">
         <v>265.53998858999995</v>
       </c>
       <c r="AQ29" s="59">
         <v>261.09160521999996</v>
       </c>
       <c r="AR29" s="59">
         <v>240.02994876</v>
       </c>
-      <c r="AS29"/>
+      <c r="AS29" s="59">
+        <v>264.34632865999998</v>
+      </c>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
       <c r="BD29"/>
       <c r="BE29"/>
       <c r="BF29"/>
       <c r="BG29"/>
       <c r="BH29"/>
       <c r="BI29"/>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29"/>
       <c r="BN29"/>
       <c r="BO29"/>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29"/>
@@ -24017,51 +24062,53 @@
       </c>
       <c r="AK30" s="27">
         <v>5.6680614500000006</v>
       </c>
       <c r="AL30" s="27">
         <v>5.7209006400000009</v>
       </c>
       <c r="AM30" s="27">
         <v>4.6023905899999997</v>
       </c>
       <c r="AN30" s="27">
         <v>3.7094248599999995</v>
       </c>
       <c r="AO30" s="27">
         <v>4.4883919299999997</v>
       </c>
       <c r="AP30" s="27">
         <v>1.5347493700000001</v>
       </c>
       <c r="AQ30" s="27">
         <v>2.7234577400000002</v>
       </c>
       <c r="AR30" s="27">
         <v>4.4430468800000007</v>
       </c>
-      <c r="AS30"/>
+      <c r="AS30" s="27">
+        <v>5.3855188899999993</v>
+      </c>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
       <c r="BE30"/>
       <c r="BF30"/>
       <c r="BG30"/>
       <c r="BH30"/>
       <c r="BI30"/>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30"/>
       <c r="BN30"/>
       <c r="BO30"/>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30"/>
@@ -24376,51 +24423,53 @@
       </c>
       <c r="AK31" s="40">
         <v>124545.72746588</v>
       </c>
       <c r="AL31" s="40">
         <v>146256.34758216</v>
       </c>
       <c r="AM31" s="40">
         <v>163717.52384905997</v>
       </c>
       <c r="AN31" s="40">
         <v>166320.47003422002</v>
       </c>
       <c r="AO31" s="40">
         <v>151590.98673324002</v>
       </c>
       <c r="AP31" s="40">
         <v>163997.39569787998</v>
       </c>
       <c r="AQ31" s="40">
         <v>168972.29734990007</v>
       </c>
       <c r="AR31" s="40">
         <v>167518.62398824</v>
       </c>
-      <c r="AS31"/>
+      <c r="AS31" s="40">
+        <v>154262.77915339</v>
+      </c>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
       <c r="BD31"/>
       <c r="BE31"/>
       <c r="BF31"/>
       <c r="BG31"/>
       <c r="BH31"/>
       <c r="BI31"/>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31"/>
       <c r="BN31"/>
       <c r="BO31"/>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31"/>
@@ -24735,51 +24784,53 @@
       </c>
       <c r="AK32" s="20">
         <v>2070.7611278200002</v>
       </c>
       <c r="AL32" s="20">
         <v>2833.9263279199995</v>
       </c>
       <c r="AM32" s="20">
         <v>3572.0291278299997</v>
       </c>
       <c r="AN32" s="20">
         <v>3669.2849744</v>
       </c>
       <c r="AO32" s="20">
         <v>3042.5870066700004</v>
       </c>
       <c r="AP32" s="20">
         <v>3671.8635230900004</v>
       </c>
       <c r="AQ32" s="20">
         <v>3780.1767483000008</v>
       </c>
       <c r="AR32" s="20">
         <v>3659.1079455099998</v>
       </c>
-      <c r="AS32"/>
+      <c r="AS32" s="20">
+        <v>3214.5376603599998</v>
+      </c>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
       <c r="BD32"/>
       <c r="BE32"/>
       <c r="BF32"/>
       <c r="BG32"/>
       <c r="BH32"/>
       <c r="BI32"/>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32"/>
       <c r="BN32"/>
       <c r="BO32"/>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32"/>
@@ -25094,51 +25145,53 @@
       </c>
       <c r="AK33" s="11">
         <v>310.97865044999998</v>
       </c>
       <c r="AL33" s="11">
         <v>311.13975040999998</v>
       </c>
       <c r="AM33" s="11">
         <v>329.21279856000001</v>
       </c>
       <c r="AN33" s="11">
         <v>311.30945931999992</v>
       </c>
       <c r="AO33" s="11">
         <v>316.69084972000002</v>
       </c>
       <c r="AP33" s="11">
         <v>305.09337740999996</v>
       </c>
       <c r="AQ33" s="11">
         <v>301.32709903000006</v>
       </c>
       <c r="AR33" s="11">
         <v>305.29640496999997</v>
       </c>
-      <c r="AS33"/>
+      <c r="AS33" s="11">
+        <v>299.92589538999999</v>
+      </c>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
       <c r="AY33"/>
       <c r="AZ33"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
       <c r="BD33"/>
       <c r="BE33"/>
       <c r="BF33"/>
       <c r="BG33"/>
       <c r="BH33"/>
       <c r="BI33"/>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33"/>
       <c r="BN33"/>
       <c r="BO33"/>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33"/>
@@ -25453,51 +25506,53 @@
       </c>
       <c r="AK34" s="9">
         <v>1172.38007806</v>
       </c>
       <c r="AL34" s="9">
         <v>1908.4291239299998</v>
       </c>
       <c r="AM34" s="9">
         <v>2565.5002966399998</v>
       </c>
       <c r="AN34" s="9">
         <v>2646.4996127300001</v>
       </c>
       <c r="AO34" s="9">
         <v>2056.5772427500001</v>
       </c>
       <c r="AP34" s="9">
         <v>2641.7332757100007</v>
       </c>
       <c r="AQ34" s="9">
         <v>2789.1113634500007</v>
       </c>
       <c r="AR34" s="9">
         <v>2606.1075598900002</v>
       </c>
-      <c r="AS34"/>
+      <c r="AS34" s="9">
+        <v>2134.0876190999998</v>
+      </c>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34"/>
       <c r="BE34"/>
       <c r="BF34"/>
       <c r="BG34"/>
       <c r="BH34"/>
       <c r="BI34"/>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34"/>
       <c r="BN34"/>
       <c r="BO34"/>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34"/>
@@ -25812,51 +25867,53 @@
       </c>
       <c r="AK35" s="11">
         <v>587.40239930999996</v>
       </c>
       <c r="AL35" s="11">
         <v>614.35745357999997</v>
       </c>
       <c r="AM35" s="11">
         <v>677.31603263</v>
       </c>
       <c r="AN35" s="11">
         <v>711.47590235000007</v>
       </c>
       <c r="AO35" s="11">
         <v>669.31891419999999</v>
       </c>
       <c r="AP35" s="11">
         <v>725.03686996999988</v>
       </c>
       <c r="AQ35" s="11">
         <v>689.73828581999999</v>
       </c>
       <c r="AR35" s="11">
         <v>747.70398064999983</v>
       </c>
-      <c r="AS35"/>
+      <c r="AS35" s="11">
+        <v>780.52414586999998</v>
+      </c>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35"/>
       <c r="BE35"/>
       <c r="BF35"/>
       <c r="BG35"/>
       <c r="BH35"/>
       <c r="BI35"/>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35"/>
       <c r="BN35"/>
       <c r="BO35"/>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35"/>
@@ -26171,51 +26228,53 @@
       </c>
       <c r="AK36" s="20">
         <v>78458.656343210008</v>
       </c>
       <c r="AL36" s="20">
         <v>102024.32409758</v>
       </c>
       <c r="AM36" s="20">
         <v>116922.92495504</v>
       </c>
       <c r="AN36" s="20">
         <v>121255.18499660002</v>
       </c>
       <c r="AO36" s="20">
         <v>105357.32895286001</v>
       </c>
       <c r="AP36" s="20">
         <v>121853.37584855998</v>
       </c>
       <c r="AQ36" s="20">
         <v>125991.21366898004</v>
       </c>
       <c r="AR36" s="20">
         <v>125446.47468386</v>
       </c>
-      <c r="AS36"/>
+      <c r="AS36" s="20">
+        <v>113606.39919115003</v>
+      </c>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36"/>
       <c r="BE36"/>
       <c r="BF36"/>
       <c r="BG36"/>
       <c r="BH36"/>
       <c r="BI36"/>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36"/>
       <c r="BN36"/>
       <c r="BO36"/>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36"/>
@@ -26530,51 +26589,53 @@
       </c>
       <c r="AK37" s="21">
         <v>61605.367536440011</v>
       </c>
       <c r="AL37" s="21">
         <v>81568.997229279994</v>
       </c>
       <c r="AM37" s="21">
         <v>94954.16224605999</v>
       </c>
       <c r="AN37" s="21">
         <v>98843.647216950005</v>
       </c>
       <c r="AO37" s="21">
         <v>85332.528687740021</v>
       </c>
       <c r="AP37" s="21">
         <v>99087.067639000001</v>
       </c>
       <c r="AQ37" s="21">
         <v>102187.68605433003</v>
       </c>
       <c r="AR37" s="21">
         <v>101536.02381773001</v>
       </c>
-      <c r="AS37"/>
+      <c r="AS37" s="21">
+        <v>91527.315140280043</v>
+      </c>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37"/>
       <c r="BE37"/>
       <c r="BF37"/>
       <c r="BG37"/>
       <c r="BH37"/>
       <c r="BI37"/>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37"/>
       <c r="BN37"/>
       <c r="BO37"/>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37"/>
@@ -26889,51 +26950,53 @@
       </c>
       <c r="AK38" s="9">
         <v>119.17390701000001</v>
       </c>
       <c r="AL38" s="9">
         <v>126.4847929</v>
       </c>
       <c r="AM38" s="9">
         <v>123.74321284999999</v>
       </c>
       <c r="AN38" s="9">
         <v>135.07057429</v>
       </c>
       <c r="AO38" s="9">
         <v>140.21503672999998</v>
       </c>
       <c r="AP38" s="9">
         <v>141.64284477999999</v>
       </c>
       <c r="AQ38" s="9">
         <v>132.48909200999998</v>
       </c>
       <c r="AR38" s="9">
         <v>132.19182719</v>
       </c>
-      <c r="AS38"/>
+      <c r="AS38" s="9">
+        <v>118.50386920999999</v>
+      </c>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
       <c r="BE38"/>
       <c r="BF38"/>
       <c r="BG38"/>
       <c r="BH38"/>
       <c r="BI38"/>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38"/>
       <c r="BN38"/>
       <c r="BO38"/>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38"/>
@@ -27248,51 +27311,53 @@
       </c>
       <c r="AK39" s="11">
         <v>61486.19362943001</v>
       </c>
       <c r="AL39" s="11">
         <v>81442.512436379999</v>
       </c>
       <c r="AM39" s="11">
         <v>94830.419033209997</v>
       </c>
       <c r="AN39" s="11">
         <v>98708.576642660002</v>
       </c>
       <c r="AO39" s="11">
         <v>85192.313651010016</v>
       </c>
       <c r="AP39" s="11">
         <v>98945.424794220002</v>
       </c>
       <c r="AQ39" s="11">
         <v>102055.19696232003</v>
       </c>
       <c r="AR39" s="11">
         <v>101403.83199054</v>
       </c>
-      <c r="AS39"/>
+      <c r="AS39" s="11">
+        <v>91408.811271070037</v>
+      </c>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
       <c r="BE39"/>
       <c r="BF39"/>
       <c r="BG39"/>
       <c r="BH39"/>
       <c r="BI39"/>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39"/>
       <c r="BN39"/>
       <c r="BO39"/>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39"/>
@@ -27607,51 +27672,53 @@
       </c>
       <c r="AK40" s="20">
         <v>13492.12083073</v>
       </c>
       <c r="AL40" s="20">
         <v>16035.82482286</v>
       </c>
       <c r="AM40" s="20">
         <v>16706.872821069999</v>
       </c>
       <c r="AN40" s="20">
         <v>17426.716622740001</v>
       </c>
       <c r="AO40" s="20">
         <v>15902.57981374</v>
       </c>
       <c r="AP40" s="20">
         <v>17783.912327649996</v>
       </c>
       <c r="AQ40" s="20">
         <v>18744.185390769999</v>
       </c>
       <c r="AR40" s="20">
         <v>18937.872929729994</v>
       </c>
-      <c r="AS40"/>
+      <c r="AS40" s="20">
+        <v>17613.104411819997</v>
+      </c>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
       <c r="AY40"/>
       <c r="AZ40"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
       <c r="BE40"/>
       <c r="BF40"/>
       <c r="BG40"/>
       <c r="BH40"/>
       <c r="BI40"/>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40"/>
       <c r="BN40"/>
       <c r="BO40"/>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40"/>
@@ -27966,51 +28033,53 @@
       </c>
       <c r="AK41" s="11">
         <v>2.0371973899999998</v>
       </c>
       <c r="AL41" s="11">
         <v>2.0371973899999998</v>
       </c>
       <c r="AM41" s="11">
         <v>2.0371973899999998</v>
       </c>
       <c r="AN41" s="11">
         <v>2.1334151999999995</v>
       </c>
       <c r="AO41" s="11">
         <v>2.1307856099999998</v>
       </c>
       <c r="AP41" s="11">
         <v>2.1307856099999998</v>
       </c>
       <c r="AQ41" s="11">
         <v>2.1307856099999998</v>
       </c>
       <c r="AR41" s="11">
         <v>2.1307856099999998</v>
       </c>
-      <c r="AS41"/>
+      <c r="AS41" s="11">
+        <v>2.1307856099999998</v>
+      </c>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
       <c r="AY41"/>
       <c r="AZ41"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
       <c r="BE41"/>
       <c r="BF41"/>
       <c r="BG41"/>
       <c r="BH41"/>
       <c r="BI41"/>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41"/>
       <c r="BN41"/>
       <c r="BO41"/>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41"/>
@@ -28325,51 +28394,53 @@
       </c>
       <c r="AK42" s="9">
         <v>13490.08363334</v>
       </c>
       <c r="AL42" s="9">
         <v>16033.78762547</v>
       </c>
       <c r="AM42" s="9">
         <v>16704.835623679999</v>
       </c>
       <c r="AN42" s="9">
         <v>17424.583207539999</v>
       </c>
       <c r="AO42" s="9">
         <v>15900.44902813</v>
       </c>
       <c r="AP42" s="9">
         <v>17781.781542039997</v>
       </c>
       <c r="AQ42" s="9">
         <v>18742.054605159999</v>
       </c>
       <c r="AR42" s="9">
         <v>18935.742144119995</v>
       </c>
-      <c r="AS42"/>
+      <c r="AS42" s="9">
+        <v>17610.973626209998</v>
+      </c>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
       <c r="AY42"/>
       <c r="AZ42"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
       <c r="BE42"/>
       <c r="BF42"/>
       <c r="BG42"/>
       <c r="BH42"/>
       <c r="BI42"/>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42"/>
       <c r="BN42"/>
       <c r="BO42"/>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42"/>
@@ -28684,51 +28755,53 @@
       </c>
       <c r="AK43" s="21">
         <v>919.41554812000027</v>
       </c>
       <c r="AL43" s="21">
         <v>1058.3744694000002</v>
       </c>
       <c r="AM43" s="21">
         <v>1234.8333188500001</v>
       </c>
       <c r="AN43" s="21">
         <v>1308.4202182400002</v>
       </c>
       <c r="AO43" s="21">
         <v>1343.4282190500003</v>
       </c>
       <c r="AP43" s="21">
         <v>1486.5678595800005</v>
       </c>
       <c r="AQ43" s="21">
         <v>1473.0671738600001</v>
       </c>
       <c r="AR43" s="21">
         <v>1516.0535725399998</v>
       </c>
-      <c r="AS43"/>
+      <c r="AS43" s="21">
+        <v>1581.8555259699997</v>
+      </c>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
       <c r="AY43"/>
       <c r="AZ43"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
       <c r="BE43"/>
       <c r="BF43"/>
       <c r="BG43"/>
       <c r="BH43"/>
       <c r="BI43"/>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43"/>
       <c r="BN43"/>
       <c r="BO43"/>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43"/>
@@ -29043,51 +29116,53 @@
       </c>
       <c r="AK44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AL44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AM44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AN44" s="9">
         <v>2.4680178800000001</v>
       </c>
       <c r="AO44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AP44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AQ44" s="9">
         <v>0.28352663</v>
       </c>
       <c r="AR44" s="9">
         <v>0.28352663</v>
       </c>
-      <c r="AS44"/>
+      <c r="AS44" s="9">
+        <v>0.28352663</v>
+      </c>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
       <c r="BE44"/>
       <c r="BF44"/>
       <c r="BG44"/>
       <c r="BH44"/>
       <c r="BI44"/>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44"/>
       <c r="BN44"/>
       <c r="BO44"/>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44"/>
@@ -29402,51 +29477,53 @@
       </c>
       <c r="AK45" s="11">
         <v>919.13202149000028</v>
       </c>
       <c r="AL45" s="11">
         <v>1058.0909427700001</v>
       </c>
       <c r="AM45" s="11">
         <v>1234.54979222</v>
       </c>
       <c r="AN45" s="11">
         <v>1305.9522003600002</v>
       </c>
       <c r="AO45" s="11">
         <v>1343.1446924200002</v>
       </c>
       <c r="AP45" s="11">
         <v>1486.2843329500004</v>
       </c>
       <c r="AQ45" s="11">
         <v>1472.78364723</v>
       </c>
       <c r="AR45" s="11">
         <v>1515.7700459099997</v>
       </c>
-      <c r="AS45"/>
+      <c r="AS45" s="11">
+        <v>1581.5719993399996</v>
+      </c>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45"/>
       <c r="BA45"/>
       <c r="BB45"/>
       <c r="BC45"/>
       <c r="BD45"/>
       <c r="BE45"/>
       <c r="BF45"/>
       <c r="BG45"/>
       <c r="BH45"/>
       <c r="BI45"/>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45"/>
       <c r="BN45"/>
       <c r="BO45"/>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45"/>
@@ -29761,51 +29838,53 @@
       </c>
       <c r="AK46" s="9">
         <v>2441.7524279200002</v>
       </c>
       <c r="AL46" s="9">
         <v>3361.1275760399999</v>
       </c>
       <c r="AM46" s="9">
         <v>4027.0565690600001</v>
       </c>
       <c r="AN46" s="9">
         <v>3676.40093867</v>
       </c>
       <c r="AO46" s="9">
         <v>2778.7922323300004</v>
       </c>
       <c r="AP46" s="9">
         <v>3495.8280223299998</v>
       </c>
       <c r="AQ46" s="9">
         <v>3586.2750500199986</v>
       </c>
       <c r="AR46" s="9">
         <v>3456.52436386</v>
       </c>
-      <c r="AS46"/>
+      <c r="AS46" s="9">
+        <v>2884.1241130800008</v>
+      </c>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
       <c r="BE46"/>
       <c r="BF46"/>
       <c r="BG46"/>
       <c r="BH46"/>
       <c r="BI46"/>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46"/>
       <c r="BN46"/>
       <c r="BO46"/>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46"/>
@@ -30120,51 +30199,53 @@
       </c>
       <c r="AK47" s="21">
         <v>16.913447670000004</v>
       </c>
       <c r="AL47" s="21">
         <v>17.43040375</v>
       </c>
       <c r="AM47" s="21">
         <v>23.914199249999999</v>
       </c>
       <c r="AN47" s="21">
         <v>17.127713079999999</v>
       </c>
       <c r="AO47" s="21">
         <v>19.166047589999998</v>
       </c>
       <c r="AP47" s="21">
         <v>17.372497899999999</v>
       </c>
       <c r="AQ47" s="21">
         <v>25.157493189999997</v>
       </c>
       <c r="AR47" s="21">
         <v>15.433563170000001</v>
       </c>
-      <c r="AS47"/>
+      <c r="AS47" s="21">
+        <v>14.379975340000001</v>
+      </c>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47"/>
       <c r="BA47"/>
       <c r="BB47"/>
       <c r="BC47"/>
       <c r="BD47"/>
       <c r="BE47"/>
       <c r="BF47"/>
       <c r="BG47"/>
       <c r="BH47"/>
       <c r="BI47"/>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47"/>
       <c r="BN47"/>
       <c r="BO47"/>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47"/>
@@ -30479,51 +30560,53 @@
       </c>
       <c r="AK48" s="9">
         <v>7.4192072000000016</v>
       </c>
       <c r="AL48" s="9">
         <v>7.3120456100000002</v>
       </c>
       <c r="AM48" s="9">
         <v>12.334514929999999</v>
       </c>
       <c r="AN48" s="9">
         <v>4.9475950199999996</v>
       </c>
       <c r="AO48" s="9">
         <v>8.5252465300000004</v>
       </c>
       <c r="AP48" s="9">
         <v>5.1242416499999992</v>
       </c>
       <c r="AQ48" s="9">
         <v>14.216534059999999</v>
       </c>
       <c r="AR48" s="9">
         <v>6.0242392799999998</v>
       </c>
-      <c r="AS48"/>
+      <c r="AS48" s="9">
+        <v>4.9706514499999992</v>
+      </c>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
       <c r="BE48"/>
       <c r="BF48"/>
       <c r="BG48"/>
       <c r="BH48"/>
       <c r="BI48"/>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48"/>
       <c r="BN48"/>
       <c r="BO48"/>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48"/>
@@ -30838,51 +30921,53 @@
       </c>
       <c r="AK49" s="11">
         <v>9.4942404700000012</v>
       </c>
       <c r="AL49" s="11">
         <v>10.11835814</v>
       </c>
       <c r="AM49" s="11">
         <v>11.57968432</v>
       </c>
       <c r="AN49" s="11">
         <v>12.180118060000002</v>
       </c>
       <c r="AO49" s="11">
         <v>10.640801059999999</v>
       </c>
       <c r="AP49" s="11">
         <v>12.248256250000001</v>
       </c>
       <c r="AQ49" s="11">
         <v>10.94095913</v>
       </c>
       <c r="AR49" s="11">
         <v>9.4093238900000014</v>
       </c>
-      <c r="AS49"/>
+      <c r="AS49" s="11">
+        <v>9.4093238900000014</v>
+      </c>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
       <c r="BE49"/>
       <c r="BF49"/>
       <c r="BG49"/>
       <c r="BH49"/>
       <c r="BI49"/>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49"/>
       <c r="BN49"/>
       <c r="BO49"/>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49"/>
@@ -31197,51 +31282,53 @@
       </c>
       <c r="AK50" s="9">
         <v>0</v>
       </c>
       <c r="AL50" s="9">
         <v>0</v>
       </c>
       <c r="AM50" s="9">
         <v>0</v>
       </c>
       <c r="AN50" s="9">
         <v>0</v>
       </c>
       <c r="AO50" s="9">
         <v>0</v>
       </c>
       <c r="AP50" s="9">
         <v>0</v>
       </c>
       <c r="AQ50" s="9">
         <v>0</v>
       </c>
       <c r="AR50" s="9">
         <v>0</v>
       </c>
-      <c r="AS50"/>
+      <c r="AS50" s="9">
+        <v>0</v>
+      </c>
       <c r="AT50"/>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50"/>
       <c r="AY50"/>
       <c r="AZ50"/>
       <c r="BA50"/>
       <c r="BB50"/>
       <c r="BC50"/>
       <c r="BD50"/>
       <c r="BE50"/>
       <c r="BF50"/>
       <c r="BG50"/>
       <c r="BH50"/>
       <c r="BI50"/>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50"/>
       <c r="BN50"/>
       <c r="BO50"/>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50"/>
@@ -31556,51 +31643,53 @@
       </c>
       <c r="AK51" s="21">
         <v>156.01070274000003</v>
       </c>
       <c r="AL51" s="21">
         <v>162.77320884</v>
       </c>
       <c r="AM51" s="21">
         <v>164.92700985000002</v>
       </c>
       <c r="AN51" s="21">
         <v>170.32328742999999</v>
       </c>
       <c r="AO51" s="21">
         <v>166.97711332999998</v>
       </c>
       <c r="AP51" s="21">
         <v>169.29043239999999</v>
       </c>
       <c r="AQ51" s="21">
         <v>167.58649041999996</v>
       </c>
       <c r="AR51" s="21">
         <v>174.60877593000001</v>
       </c>
-      <c r="AS51"/>
+      <c r="AS51" s="21">
+        <v>176.15875561000001</v>
+      </c>
       <c r="AT51"/>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51"/>
       <c r="AY51"/>
       <c r="AZ51"/>
       <c r="BA51"/>
       <c r="BB51"/>
       <c r="BC51"/>
       <c r="BD51"/>
       <c r="BE51"/>
       <c r="BF51"/>
       <c r="BG51"/>
       <c r="BH51"/>
       <c r="BI51"/>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51"/>
       <c r="BN51"/>
       <c r="BO51"/>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51"/>
@@ -31915,51 +32004,53 @@
       </c>
       <c r="AK52" s="9">
         <v>59.360533800000006</v>
       </c>
       <c r="AL52" s="9">
         <v>71.311183620000008</v>
       </c>
       <c r="AM52" s="9">
         <v>72.164845830000019</v>
       </c>
       <c r="AN52" s="9">
         <v>78.301244710000006</v>
       </c>
       <c r="AO52" s="9">
         <v>77.390044409999987</v>
       </c>
       <c r="AP52" s="9">
         <v>77.542675419999981</v>
       </c>
       <c r="AQ52" s="9">
         <v>73.922249919999985</v>
       </c>
       <c r="AR52" s="9">
         <v>74.407085629999997</v>
       </c>
-      <c r="AS52"/>
+      <c r="AS52" s="9">
+        <v>78.032031489999994</v>
+      </c>
       <c r="AT52"/>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52"/>
       <c r="AY52"/>
       <c r="AZ52"/>
       <c r="BA52"/>
       <c r="BB52"/>
       <c r="BC52"/>
       <c r="BD52"/>
       <c r="BE52"/>
       <c r="BF52"/>
       <c r="BG52"/>
       <c r="BH52"/>
       <c r="BI52"/>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52"/>
       <c r="BN52"/>
       <c r="BO52"/>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52"/>
@@ -32274,51 +32365,53 @@
       </c>
       <c r="AK53" s="11">
         <v>91.783687720000017</v>
       </c>
       <c r="AL53" s="11">
         <v>86.336759450000002</v>
       </c>
       <c r="AM53" s="11">
         <v>87.546740980000024</v>
       </c>
       <c r="AN53" s="11">
         <v>87.170365800000013</v>
       </c>
       <c r="AO53" s="11">
         <v>78.758303009999992</v>
       </c>
       <c r="AP53" s="11">
         <v>81.464614870000005</v>
       </c>
       <c r="AQ53" s="11">
         <v>83.33159947</v>
       </c>
       <c r="AR53" s="11">
         <v>87.26709658</v>
       </c>
-      <c r="AS53"/>
+      <c r="AS53" s="11">
+        <v>85.203903749999995</v>
+      </c>
       <c r="AT53"/>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53"/>
       <c r="AY53"/>
       <c r="AZ53"/>
       <c r="BA53"/>
       <c r="BB53"/>
       <c r="BC53"/>
       <c r="BD53"/>
       <c r="BE53"/>
       <c r="BF53"/>
       <c r="BG53"/>
       <c r="BH53"/>
       <c r="BI53"/>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53"/>
       <c r="BN53"/>
       <c r="BO53"/>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53"/>
@@ -32633,51 +32726,53 @@
       </c>
       <c r="AK54" s="9">
         <v>4.8664812199999998</v>
       </c>
       <c r="AL54" s="9">
         <v>5.1252657699999995</v>
       </c>
       <c r="AM54" s="9">
         <v>5.2154230400000001</v>
       </c>
       <c r="AN54" s="9">
         <v>4.8516769200000001</v>
       </c>
       <c r="AO54" s="9">
         <v>10.82876591</v>
       </c>
       <c r="AP54" s="9">
         <v>10.28314211</v>
       </c>
       <c r="AQ54" s="9">
         <v>10.33264103</v>
       </c>
       <c r="AR54" s="9">
         <v>12.934593719999999</v>
       </c>
-      <c r="AS54"/>
+      <c r="AS54" s="9">
+        <v>12.92282037</v>
+      </c>
       <c r="AT54"/>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54"/>
       <c r="AY54"/>
       <c r="AZ54"/>
       <c r="BA54"/>
       <c r="BB54"/>
       <c r="BC54"/>
       <c r="BD54"/>
       <c r="BE54"/>
       <c r="BF54"/>
       <c r="BG54"/>
       <c r="BH54"/>
       <c r="BI54"/>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54"/>
       <c r="BN54"/>
       <c r="BO54"/>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54"/>
@@ -32992,51 +33087,53 @@
       </c>
       <c r="AK55" s="11">
         <v>140.55238903</v>
       </c>
       <c r="AL55" s="11">
         <v>170.05160716</v>
       </c>
       <c r="AM55" s="11">
         <v>184.52812693999999</v>
       </c>
       <c r="AN55" s="11">
         <v>173.02253092999999</v>
       </c>
       <c r="AO55" s="11">
         <v>225.28647540999998</v>
       </c>
       <c r="AP55" s="11">
         <v>232.1283641</v>
       </c>
       <c r="AQ55" s="11">
         <v>244.87596479999996</v>
       </c>
       <c r="AR55" s="11">
         <v>233.61603531999998</v>
       </c>
-      <c r="AS55"/>
+      <c r="AS55" s="11">
+        <v>252.50723790000001</v>
+      </c>
       <c r="AT55"/>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55"/>
       <c r="AY55"/>
       <c r="AZ55"/>
       <c r="BA55"/>
       <c r="BB55"/>
       <c r="BC55"/>
       <c r="BD55"/>
       <c r="BE55"/>
       <c r="BF55"/>
       <c r="BG55"/>
       <c r="BH55"/>
       <c r="BI55"/>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55"/>
       <c r="BN55"/>
       <c r="BO55"/>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55"/>
@@ -33351,51 +33448,53 @@
       </c>
       <c r="AK56" s="9">
         <v>10.4933941</v>
       </c>
       <c r="AL56" s="9">
         <v>11.90104788</v>
       </c>
       <c r="AM56" s="9">
         <v>13.221699900000001</v>
       </c>
       <c r="AN56" s="9">
         <v>12.346689530000001</v>
       </c>
       <c r="AO56" s="9">
         <v>8.4826354399999992</v>
       </c>
       <c r="AP56" s="9">
         <v>7.59471615</v>
       </c>
       <c r="AQ56" s="9">
         <v>8.4473430200000017</v>
       </c>
       <c r="AR56" s="9">
         <v>9.5669186400000008</v>
       </c>
-      <c r="AS56"/>
+      <c r="AS56" s="9">
+        <v>10.70236714</v>
+      </c>
       <c r="AT56"/>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56"/>
       <c r="AY56"/>
       <c r="AZ56"/>
       <c r="BA56"/>
       <c r="BB56"/>
       <c r="BC56"/>
       <c r="BD56"/>
       <c r="BE56"/>
       <c r="BF56"/>
       <c r="BG56"/>
       <c r="BH56"/>
       <c r="BI56"/>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56"/>
       <c r="BN56"/>
       <c r="BO56"/>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56"/>
@@ -33710,51 +33809,53 @@
       </c>
       <c r="AK57" s="21">
         <v>43692.340061310002</v>
       </c>
       <c r="AL57" s="21">
         <v>41035.940889029996</v>
       </c>
       <c r="AM57" s="21">
         <v>42835.978730250004</v>
       </c>
       <c r="AN57" s="21">
         <v>41023.17984225</v>
       </c>
       <c r="AO57" s="21">
         <v>42771.158501939994</v>
       </c>
       <c r="AP57" s="21">
         <v>38045.770315680005</v>
       </c>
       <c r="AQ57" s="21">
         <v>38754.839641190018</v>
       </c>
       <c r="AR57" s="21">
         <v>37979.816065809995</v>
       </c>
-      <c r="AS57"/>
+      <c r="AS57" s="21">
+        <v>36988.093965889988</v>
+      </c>
       <c r="AT57"/>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57"/>
       <c r="AY57"/>
       <c r="AZ57"/>
       <c r="BA57"/>
       <c r="BB57"/>
       <c r="BC57"/>
       <c r="BD57"/>
       <c r="BE57"/>
       <c r="BF57"/>
       <c r="BG57"/>
       <c r="BH57"/>
       <c r="BI57"/>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57"/>
       <c r="BN57"/>
       <c r="BO57"/>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57"/>
@@ -34069,51 +34170,53 @@
       </c>
       <c r="AK58" s="9">
         <v>5353.7366221400007</v>
       </c>
       <c r="AL58" s="9">
         <v>5804.2600074600014</v>
       </c>
       <c r="AM58" s="9">
         <v>6241.6424432700005</v>
       </c>
       <c r="AN58" s="9">
         <v>6395.130242539999</v>
       </c>
       <c r="AO58" s="9">
         <v>6252.9385980100005</v>
       </c>
       <c r="AP58" s="9">
         <v>6571.450994150001</v>
       </c>
       <c r="AQ58" s="9">
         <v>6276.9761913700013</v>
       </c>
       <c r="AR58" s="9">
         <v>6295.3763997299993</v>
       </c>
-      <c r="AS58"/>
+      <c r="AS58" s="9">
+        <v>6356.7548990300011</v>
+      </c>
       <c r="AT58"/>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58"/>
       <c r="AY58"/>
       <c r="AZ58"/>
       <c r="BA58"/>
       <c r="BB58"/>
       <c r="BC58"/>
       <c r="BD58"/>
       <c r="BE58"/>
       <c r="BF58"/>
       <c r="BG58"/>
       <c r="BH58"/>
       <c r="BI58"/>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58"/>
       <c r="BN58"/>
       <c r="BO58"/>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58"/>
@@ -34428,51 +34531,53 @@
       </c>
       <c r="AK59" s="11">
         <v>0</v>
       </c>
       <c r="AL59" s="11">
         <v>0</v>
       </c>
       <c r="AM59" s="11">
         <v>0</v>
       </c>
       <c r="AN59" s="11">
         <v>0</v>
       </c>
       <c r="AO59" s="11">
         <v>0</v>
       </c>
       <c r="AP59" s="11">
         <v>0</v>
       </c>
       <c r="AQ59" s="11">
         <v>0</v>
       </c>
       <c r="AR59" s="11">
         <v>0</v>
       </c>
-      <c r="AS59"/>
+      <c r="AS59" s="11">
+        <v>0</v>
+      </c>
       <c r="AT59"/>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59"/>
       <c r="AX59"/>
       <c r="AY59"/>
       <c r="AZ59"/>
       <c r="BA59"/>
       <c r="BB59"/>
       <c r="BC59"/>
       <c r="BD59"/>
       <c r="BE59"/>
       <c r="BF59"/>
       <c r="BG59"/>
       <c r="BH59"/>
       <c r="BI59"/>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59"/>
       <c r="BN59"/>
       <c r="BO59"/>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59"/>
@@ -34787,51 +34892,53 @@
       </c>
       <c r="AK60" s="9">
         <v>11393.06746767</v>
       </c>
       <c r="AL60" s="9">
         <v>10267.01929864</v>
       </c>
       <c r="AM60" s="9">
         <v>10592.795117899999</v>
       </c>
       <c r="AN60" s="9">
         <v>10037.83760117</v>
       </c>
       <c r="AO60" s="9">
         <v>9682.1893163200002</v>
       </c>
       <c r="AP60" s="9">
         <v>5960.8180613800014</v>
       </c>
       <c r="AQ60" s="9">
         <v>6177.5952345300011</v>
       </c>
       <c r="AR60" s="9">
         <v>6315.2078117500014</v>
       </c>
-      <c r="AS60"/>
+      <c r="AS60" s="9">
+        <v>6207.3996554200003</v>
+      </c>
       <c r="AT60"/>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60"/>
       <c r="AY60"/>
       <c r="AZ60"/>
       <c r="BA60"/>
       <c r="BB60"/>
       <c r="BC60"/>
       <c r="BD60"/>
       <c r="BE60"/>
       <c r="BF60"/>
       <c r="BG60"/>
       <c r="BH60"/>
       <c r="BI60"/>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60"/>
       <c r="BN60"/>
       <c r="BO60"/>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60"/>
@@ -35146,51 +35253,53 @@
       </c>
       <c r="AK61" s="11">
         <v>26945.535971500001</v>
       </c>
       <c r="AL61" s="11">
         <v>24964.661582929995</v>
       </c>
       <c r="AM61" s="11">
         <v>26001.541169079999</v>
       </c>
       <c r="AN61" s="11">
         <v>24590.211998539995</v>
       </c>
       <c r="AO61" s="11">
         <v>26836.030587609992</v>
       </c>
       <c r="AP61" s="11">
         <v>25513.501260150002</v>
       </c>
       <c r="AQ61" s="11">
         <v>26300.268215290016</v>
       </c>
       <c r="AR61" s="11">
         <v>25369.231854329995</v>
       </c>
-      <c r="AS61"/>
+      <c r="AS61" s="11">
+        <v>24423.939411439991</v>
+      </c>
       <c r="AT61"/>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61"/>
       <c r="AY61"/>
       <c r="AZ61"/>
       <c r="BA61"/>
       <c r="BB61"/>
       <c r="BC61"/>
       <c r="BD61"/>
       <c r="BE61"/>
       <c r="BF61"/>
       <c r="BG61"/>
       <c r="BH61"/>
       <c r="BI61"/>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61"/>
       <c r="BN61"/>
       <c r="BO61"/>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61"/>
@@ -35505,51 +35614,53 @@
       </c>
       <c r="AK62" s="25">
         <v>252503.43075797995</v>
       </c>
       <c r="AL62" s="25">
         <v>283534.53142298007</v>
       </c>
       <c r="AM62" s="25">
         <v>324915.8247392801</v>
       </c>
       <c r="AN62" s="25">
         <v>345331.50754961988</v>
       </c>
       <c r="AO62" s="25">
         <v>326237.22420786013</v>
       </c>
       <c r="AP62" s="25">
         <v>306668.1316111901</v>
       </c>
       <c r="AQ62" s="25">
         <v>314952.03205614019</v>
       </c>
       <c r="AR62" s="25">
         <v>319350.17770771997</v>
       </c>
-      <c r="AS62"/>
+      <c r="AS62" s="25">
+        <v>318202.45985812991</v>
+      </c>
       <c r="AT62"/>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62"/>
       <c r="AX62"/>
       <c r="AY62"/>
       <c r="AZ62"/>
       <c r="BA62"/>
       <c r="BB62"/>
       <c r="BC62"/>
       <c r="BD62"/>
       <c r="BE62"/>
       <c r="BF62"/>
       <c r="BG62"/>
       <c r="BH62"/>
       <c r="BI62"/>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62"/>
       <c r="BN62"/>
       <c r="BO62"/>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62"/>
@@ -35776,51 +35887,51 @@
       <c r="T63" s="53"/>
       <c r="U63" s="53"/>
       <c r="V63" s="53"/>
       <c r="W63" s="53"/>
       <c r="X63" s="53"/>
       <c r="Y63" s="53"/>
       <c r="Z63" s="53"/>
       <c r="AA63" s="53"/>
       <c r="AB63" s="53"/>
       <c r="AC63" s="53"/>
       <c r="AD63" s="53"/>
       <c r="AE63" s="53"/>
       <c r="AF63" s="53"/>
       <c r="AG63" s="53"/>
       <c r="AH63" s="53"/>
       <c r="AI63" s="53"/>
       <c r="AJ63" s="53"/>
       <c r="AK63" s="53"/>
       <c r="AL63" s="53"/>
       <c r="AM63" s="53"/>
       <c r="AN63" s="53"/>
       <c r="AO63" s="53"/>
       <c r="AP63" s="53"/>
       <c r="AQ63" s="53"/>
       <c r="AR63" s="53"/>
-      <c r="AS63"/>
+      <c r="AS63" s="53"/>
       <c r="AT63"/>
       <c r="AU63"/>
       <c r="AV63"/>
       <c r="AW63"/>
       <c r="AX63"/>
       <c r="AY63"/>
       <c r="AZ63"/>
       <c r="BA63"/>
       <c r="BB63"/>
       <c r="BC63"/>
       <c r="BD63"/>
       <c r="BE63"/>
       <c r="BF63"/>
       <c r="BG63"/>
       <c r="BH63"/>
       <c r="BI63"/>
       <c r="BJ63"/>
       <c r="BK63"/>
       <c r="BL63"/>
       <c r="BM63"/>
       <c r="BN63"/>
       <c r="BO63"/>
       <c r="BP63"/>
       <c r="BQ63"/>
       <c r="BR63"/>
@@ -36049,127 +36160,129 @@
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
       <c r="AA64"/>
       <c r="AB64"/>
       <c r="AC64"/>
       <c r="AD64"/>
       <c r="AE64"/>
       <c r="AF64"/>
       <c r="AG64"/>
       <c r="AH64"/>
       <c r="AI64"/>
       <c r="AJ64"/>
       <c r="AK64"/>
       <c r="AL64"/>
       <c r="AM64"/>
       <c r="AN64"/>
       <c r="AO64"/>
       <c r="AP64"/>
       <c r="AQ64"/>
       <c r="AR64"/>
+      <c r="AS64"/>
     </row>
-    <row r="65" spans="1:44" ht="18.75">
+    <row r="65" spans="1:45" ht="18.75">
       <c r="A65" s="36" t="s">
         <v>162</v>
       </c>
       <c r="B65" s="54"/>
       <c r="C65" s="54"/>
       <c r="D65" s="54"/>
       <c r="E65" s="54"/>
       <c r="F65" s="54"/>
       <c r="G65" s="54"/>
       <c r="H65" s="54"/>
       <c r="I65" s="54"/>
       <c r="J65" s="54"/>
       <c r="K65" s="54"/>
       <c r="L65" s="54"/>
       <c r="M65" s="54"/>
       <c r="N65" s="54"/>
       <c r="O65" s="54"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65"/>
       <c r="V65"/>
       <c r="W65"/>
       <c r="X65"/>
       <c r="Y65"/>
       <c r="Z65"/>
       <c r="AA65"/>
       <c r="AB65"/>
       <c r="AC65"/>
       <c r="AD65"/>
       <c r="AE65"/>
       <c r="AF65"/>
       <c r="AG65"/>
       <c r="AH65"/>
       <c r="AI65"/>
       <c r="AJ65"/>
       <c r="AK65"/>
       <c r="AL65"/>
       <c r="AM65"/>
       <c r="AN65"/>
       <c r="AO65"/>
       <c r="AP65"/>
       <c r="AQ65"/>
       <c r="AR65"/>
+      <c r="AS65"/>
     </row>
-    <row r="66" spans="1:44" ht="18.75" customHeight="1">
-      <c r="A66" s="62" t="s">
+    <row r="66" spans="1:45" ht="18.75" customHeight="1">
+      <c r="A66" s="61" t="s">
         <v>164</v>
       </c>
-      <c r="B66" s="63"/>
-[...12 lines deleted...]
-      <c r="O66" s="63"/>
+      <c r="B66" s="62"/>
+      <c r="C66" s="62"/>
+      <c r="D66" s="62"/>
+      <c r="E66" s="62"/>
+      <c r="F66" s="62"/>
+      <c r="G66" s="62"/>
+      <c r="H66" s="62"/>
+      <c r="I66" s="62"/>
+      <c r="J66" s="62"/>
+      <c r="K66" s="62"/>
+      <c r="L66" s="62"/>
+      <c r="M66" s="62"/>
+      <c r="N66" s="62"/>
+      <c r="O66" s="62"/>
     </row>
-    <row r="67" spans="1:44" customFormat="1" ht="15"/>
-[...7 lines deleted...]
-    <row r="75" spans="1:44" customFormat="1" ht="15"/>
+    <row r="67" spans="1:45" customFormat="1" ht="15"/>
+    <row r="68" spans="1:45" customFormat="1" ht="15"/>
+    <row r="69" spans="1:45" customFormat="1" ht="15"/>
+    <row r="70" spans="1:45" customFormat="1" ht="15"/>
+    <row r="71" spans="1:45" customFormat="1" ht="15"/>
+    <row r="72" spans="1:45" customFormat="1" ht="15"/>
+    <row r="73" spans="1:45" customFormat="1" ht="15"/>
+    <row r="74" spans="1:45" customFormat="1" ht="15"/>
+    <row r="75" spans="1:45" customFormat="1" ht="15"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A66:O66"/>
     <mergeCell ref="ET8:EU8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="93" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="33" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BD7A73F-E6A6-4B2C-A84C-4D7BC688BAC0}">
   <ds:schemaRefs>