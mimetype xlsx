--- v1 (2025-12-22)
+++ v2 (2026-03-28)
@@ -5,58 +5,58 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D303  สินเชื่อของสถาบันการเงินเฉพาะกิจ จำแนกตามประเภทธุรกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7389D403-CA93-43EF-BAE9-7C47F320025C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{052F8523-2971-4863-B7F1-C0927DC5E52C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="1" xr2:uid="{96E9A26D-6AFA-4EB8-97BA-26E46D53A2B1}"/>
   </bookViews>
   <sheets>
     <sheet name="ปี 2551-2557" sheetId="1" r:id="rId1"/>
     <sheet name="ปี 2558- ปัจจุบัน" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'ปี 2558- ปัจจุบัน'!$A$4:$AG$63</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -321,51 +321,51 @@
   <c r="S54" i="1"/>
   <c r="B54" i="1"/>
   <c r="Z54" i="1"/>
   <c r="F54" i="1"/>
   <c r="N54" i="1"/>
   <c r="V54" i="1"/>
   <c r="O54" i="1"/>
   <c r="P54" i="1"/>
   <c r="E54" i="1"/>
   <c r="U54" i="1"/>
   <c r="U27" i="1"/>
   <c r="AC27" i="1"/>
   <c r="X27" i="1" l="1"/>
   <c r="AA54" i="1"/>
   <c r="W54" i="1"/>
   <c r="R54" i="1"/>
   <c r="H54" i="1"/>
   <c r="Y27" i="1"/>
   <c r="I27" i="1"/>
   <c r="M54" i="1"/>
   <c r="J54" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="180">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
     <t>มี.ค. 52</t>
   </si>
   <si>
     <t>มิ.ย. 52</t>
   </si>
   <si>
@@ -855,54 +855,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 68</t>
+    <t>ก.ย. 68</t>
   </si>
   <si>
-    <t>ก.ย. 68</t>
+    <t>ปรับปรุงข้อมูลล่าสุด : ธ.ค. 68</t>
+  </si>
+  <si>
+    <t>ธ.ค. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="[$-107041E]\ mmm\ yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-101041E]d\ mmm\ yy;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -11545,122 +11548,123 @@
       <c r="N60" s="40"/>
       <c r="O60" s="40"/>
     </row>
     <row r="61" spans="1:145" customFormat="1" ht="15"/>
     <row r="62" spans="1:145" customFormat="1" ht="15"/>
     <row r="63" spans="1:145" customFormat="1" ht="15"/>
     <row r="64" spans="1:145" customFormat="1" ht="15"/>
     <row r="65" customFormat="1" ht="15"/>
     <row r="66" customFormat="1" ht="15"/>
     <row r="67" customFormat="1" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A58:O58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C655474F-5E79-4260-BAEB-CE11E295E4B3}">
   <dimension ref="A4:GK74"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="AI1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="AP3" sqref="AP3"/>
+      <selection pane="topRight" activeCell="AR10" sqref="AR10:AR62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="21"/>
   <cols>
     <col min="1" max="1" width="72.42578125" style="3" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.85546875" style="3" customWidth="1"/>
     <col min="4" max="5" width="12.7109375" style="3" customWidth="1"/>
     <col min="6" max="9" width="12.85546875" style="3" customWidth="1"/>
     <col min="10" max="12" width="12.7109375" style="3" customWidth="1"/>
     <col min="13" max="13" width="13.140625" style="3" customWidth="1"/>
     <col min="14" max="15" width="12.7109375" style="3" customWidth="1"/>
     <col min="16" max="16" width="12.85546875" style="3" customWidth="1"/>
     <col min="17" max="20" width="12.7109375" style="3" customWidth="1"/>
     <col min="21" max="21" width="13.140625" style="3" customWidth="1"/>
     <col min="22" max="23" width="12.7109375" style="3" customWidth="1"/>
     <col min="24" max="24" width="12.85546875" style="3" customWidth="1"/>
     <col min="25" max="25" width="12.7109375" style="3" customWidth="1"/>
     <col min="26" max="26" width="12.85546875" style="3" customWidth="1"/>
     <col min="27" max="29" width="12.42578125" style="3" customWidth="1"/>
     <col min="30" max="30" width="12.85546875" style="3" customWidth="1"/>
     <col min="31" max="32" width="12.42578125" style="3" customWidth="1"/>
     <col min="33" max="33" width="13" style="3" bestFit="1" customWidth="1"/>
-    <col min="34" max="44" width="12.85546875" style="3" customWidth="1"/>
+    <col min="34" max="45" width="12.85546875" style="3" customWidth="1"/>
     <col min="194" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="4" spans="1:193" ht="21.75" customHeight="1">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:193">
       <c r="A5" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="6" spans="1:193">
       <c r="A6" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="7" spans="1:193">
       <c r="A7" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:193">
       <c r="E8"/>
       <c r="M8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
       <c r="AG8"/>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
+      <c r="AS8"/>
     </row>
     <row r="9" spans="1:193">
       <c r="A9" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>65</v>
@@ -11749,51 +11753,54 @@
       <c r="AJ9" s="22" t="s">
         <v>169</v>
       </c>
       <c r="AK9" s="22" t="s">
         <v>170</v>
       </c>
       <c r="AL9" s="22" t="s">
         <v>172</v>
       </c>
       <c r="AM9" s="22" t="s">
         <v>171</v>
       </c>
       <c r="AN9" s="22" t="s">
         <v>173</v>
       </c>
       <c r="AO9" s="22" t="s">
         <v>174</v>
       </c>
       <c r="AP9" s="22" t="s">
         <v>175</v>
       </c>
       <c r="AQ9" s="22" t="s">
         <v>176</v>
       </c>
       <c r="AR9" s="22" t="s">
-        <v>178</v>
+        <v>177</v>
+      </c>
+      <c r="AS9" s="22" t="s">
+        <v>179</v>
       </c>
       <c r="GK9" s="3"/>
     </row>
     <row r="10" spans="1:193" s="9" customFormat="1">
       <c r="A10" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B10" s="24">
         <v>770424.65660249011</v>
       </c>
       <c r="C10" s="24">
         <v>733526.38105000963</v>
       </c>
       <c r="D10" s="24">
         <v>849016.02164337016</v>
       </c>
       <c r="E10" s="24">
         <v>789917.22356025991</v>
       </c>
       <c r="F10" s="24">
         <v>808107.08641235996</v>
       </c>
       <c r="G10" s="24">
         <v>810542.27670845005</v>
       </c>
@@ -11884,53 +11891,55 @@
       <c r="AJ10" s="24">
         <v>1238958.7841943107</v>
       </c>
       <c r="AK10" s="24">
         <v>1257101.6553223699</v>
       </c>
       <c r="AL10" s="24">
         <v>1283306.7387878401</v>
       </c>
       <c r="AM10" s="24">
         <v>1270239.4668264987</v>
       </c>
       <c r="AN10" s="24">
         <v>1276640.4200883396</v>
       </c>
       <c r="AO10" s="24">
         <v>1274584.2366670901</v>
       </c>
       <c r="AP10" s="24">
         <v>1298168.27548015</v>
       </c>
       <c r="AQ10" s="24">
         <v>1273943.9875792803</v>
       </c>
       <c r="AR10" s="24">
-        <v>1274774.3084504099</v>
-[...1 lines deleted...]
-      <c r="AS10"/>
+        <v>1274630.3581634099</v>
+      </c>
+      <c r="AS10" s="24">
+        <v>1274425.0648735799</v>
+      </c>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
       <c r="BD10"/>
       <c r="BE10"/>
       <c r="BF10"/>
       <c r="BG10"/>
       <c r="BH10"/>
       <c r="BI10"/>
       <c r="BJ10"/>
       <c r="BK10"/>
       <c r="BL10"/>
       <c r="BM10"/>
       <c r="BN10"/>
       <c r="BO10"/>
       <c r="BP10"/>
       <c r="BQ10"/>
       <c r="BR10"/>
@@ -12168,51 +12177,53 @@
       </c>
       <c r="AK11" s="25">
         <v>5205.1219277800001</v>
       </c>
       <c r="AL11" s="25">
         <v>4563.5835390099992</v>
       </c>
       <c r="AM11" s="25">
         <v>4563.6102736299999</v>
       </c>
       <c r="AN11" s="25">
         <v>4164.1456534299996</v>
       </c>
       <c r="AO11" s="25">
         <v>6080.4840864699991</v>
       </c>
       <c r="AP11" s="25">
         <v>6065.4193495</v>
       </c>
       <c r="AQ11" s="25">
         <v>5774.8458153599995</v>
       </c>
       <c r="AR11" s="25">
         <v>5712.9067649300005</v>
       </c>
-      <c r="AS11"/>
+      <c r="AS11" s="25">
+        <v>7048.648278839999</v>
+      </c>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
       <c r="BD11"/>
       <c r="BE11"/>
       <c r="BF11"/>
       <c r="BG11"/>
       <c r="BH11"/>
       <c r="BI11"/>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
       <c r="BM11"/>
       <c r="BN11"/>
       <c r="BO11"/>
       <c r="BP11"/>
       <c r="BQ11"/>
       <c r="BR11"/>
@@ -12450,51 +12461,53 @@
       </c>
       <c r="AK12" s="24">
         <v>145377.26272482998</v>
       </c>
       <c r="AL12" s="24">
         <v>140042.22173514002</v>
       </c>
       <c r="AM12" s="24">
         <v>141782.5823505001</v>
       </c>
       <c r="AN12" s="24">
         <v>137986.96654918001</v>
       </c>
       <c r="AO12" s="24">
         <v>146204.85507147992</v>
       </c>
       <c r="AP12" s="24">
         <v>136405.1043491</v>
       </c>
       <c r="AQ12" s="24">
         <v>134868.97424171996</v>
       </c>
       <c r="AR12" s="24">
         <v>132342.47146392992</v>
       </c>
-      <c r="AS12"/>
+      <c r="AS12" s="24">
+        <v>135051.48299659998</v>
+      </c>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
       <c r="BD12"/>
       <c r="BE12"/>
       <c r="BF12"/>
       <c r="BG12"/>
       <c r="BH12"/>
       <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
       <c r="BM12"/>
       <c r="BN12"/>
       <c r="BO12"/>
       <c r="BP12"/>
       <c r="BQ12"/>
       <c r="BR12"/>
@@ -12732,51 +12745,53 @@
       </c>
       <c r="AK13" s="25">
         <v>96941.24840676997</v>
       </c>
       <c r="AL13" s="25">
         <v>100439.29941414999</v>
       </c>
       <c r="AM13" s="25">
         <v>99559.579890320005</v>
       </c>
       <c r="AN13" s="25">
         <v>97777.235324069959</v>
       </c>
       <c r="AO13" s="25">
         <v>100625.30123119999</v>
       </c>
       <c r="AP13" s="25">
         <v>92331.140168400016</v>
       </c>
       <c r="AQ13" s="25">
         <v>82670.205613150014</v>
       </c>
       <c r="AR13" s="25">
         <v>81602.697797520013</v>
       </c>
-      <c r="AS13"/>
+      <c r="AS13" s="25">
+        <v>90665.519408999986</v>
+      </c>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
       <c r="AY13"/>
       <c r="AZ13"/>
       <c r="BA13"/>
       <c r="BB13"/>
       <c r="BC13"/>
       <c r="BD13"/>
       <c r="BE13"/>
       <c r="BF13"/>
       <c r="BG13"/>
       <c r="BH13"/>
       <c r="BI13"/>
       <c r="BJ13"/>
       <c r="BK13"/>
       <c r="BL13"/>
       <c r="BM13"/>
       <c r="BN13"/>
       <c r="BO13"/>
       <c r="BP13"/>
       <c r="BQ13"/>
       <c r="BR13"/>
@@ -13014,51 +13029,53 @@
       </c>
       <c r="AK14" s="24">
         <v>3971.7451634399995</v>
       </c>
       <c r="AL14" s="24">
         <v>5360.3553518199997</v>
       </c>
       <c r="AM14" s="24">
         <v>5083.0965204100012</v>
       </c>
       <c r="AN14" s="24">
         <v>6277.290019449998</v>
       </c>
       <c r="AO14" s="24">
         <v>7334.7590949200003</v>
       </c>
       <c r="AP14" s="24">
         <v>7107.24965247</v>
       </c>
       <c r="AQ14" s="24">
         <v>8513.7321593800007</v>
       </c>
       <c r="AR14" s="24">
         <v>9984.6940055900013</v>
       </c>
-      <c r="AS14"/>
+      <c r="AS14" s="24">
+        <v>10488.1240449</v>
+      </c>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
       <c r="AY14"/>
       <c r="AZ14"/>
       <c r="BA14"/>
       <c r="BB14"/>
       <c r="BC14"/>
       <c r="BD14"/>
       <c r="BE14"/>
       <c r="BF14"/>
       <c r="BG14"/>
       <c r="BH14"/>
       <c r="BI14"/>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
       <c r="BM14"/>
       <c r="BN14"/>
       <c r="BO14"/>
       <c r="BP14"/>
       <c r="BQ14"/>
       <c r="BR14"/>
@@ -13296,51 +13313,53 @@
       </c>
       <c r="AK15" s="25">
         <v>42237.97607651</v>
       </c>
       <c r="AL15" s="25">
         <v>37377.914798600003</v>
       </c>
       <c r="AM15" s="25">
         <v>37890.682162729994</v>
       </c>
       <c r="AN15" s="25">
         <v>37282.775064790003</v>
       </c>
       <c r="AO15" s="25">
         <v>36738.303854569982</v>
       </c>
       <c r="AP15" s="25">
         <v>36136.733799649999</v>
       </c>
       <c r="AQ15" s="25">
         <v>36002.298785190003</v>
       </c>
       <c r="AR15" s="25">
         <v>35104.266908700003</v>
       </c>
-      <c r="AS15"/>
+      <c r="AS15" s="25">
+        <v>34532.303217860004</v>
+      </c>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
       <c r="AY15"/>
       <c r="AZ15"/>
       <c r="BA15"/>
       <c r="BB15"/>
       <c r="BC15"/>
       <c r="BD15"/>
       <c r="BE15"/>
       <c r="BF15"/>
       <c r="BG15"/>
       <c r="BH15"/>
       <c r="BI15"/>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
       <c r="BM15"/>
       <c r="BN15"/>
       <c r="BO15"/>
       <c r="BP15"/>
       <c r="BQ15"/>
       <c r="BR15"/>
@@ -13578,51 +13597,53 @@
       </c>
       <c r="AK16" s="24">
         <v>219779.08328546997</v>
       </c>
       <c r="AL16" s="24">
         <v>213246.04180293001</v>
       </c>
       <c r="AM16" s="24">
         <v>210938.8940760901</v>
       </c>
       <c r="AN16" s="24">
         <v>209269.66417825001</v>
       </c>
       <c r="AO16" s="24">
         <v>214026.29593606992</v>
       </c>
       <c r="AP16" s="24">
         <v>207103.19972131011</v>
       </c>
       <c r="AQ16" s="24">
         <v>205079.52786161992</v>
       </c>
       <c r="AR16" s="24">
         <v>198864.97457729999</v>
       </c>
-      <c r="AS16"/>
+      <c r="AS16" s="24">
+        <v>204915.30483887994</v>
+      </c>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
       <c r="AY16"/>
       <c r="AZ16"/>
       <c r="BA16"/>
       <c r="BB16"/>
       <c r="BC16"/>
       <c r="BD16"/>
       <c r="BE16"/>
       <c r="BF16"/>
       <c r="BG16"/>
       <c r="BH16"/>
       <c r="BI16"/>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
       <c r="BM16"/>
       <c r="BN16"/>
       <c r="BO16"/>
       <c r="BP16"/>
       <c r="BQ16"/>
       <c r="BR16"/>
@@ -13860,51 +13881,53 @@
       </c>
       <c r="AK17" s="25">
         <v>60542.862979699996</v>
       </c>
       <c r="AL17" s="25">
         <v>58846.384690250001</v>
       </c>
       <c r="AM17" s="25">
         <v>59176.238998759974</v>
       </c>
       <c r="AN17" s="25">
         <v>59046.955063540016</v>
       </c>
       <c r="AO17" s="25">
         <v>60630.060702499992</v>
       </c>
       <c r="AP17" s="25">
         <v>59030.562752509992</v>
       </c>
       <c r="AQ17" s="25">
         <v>59050.510512040011</v>
       </c>
       <c r="AR17" s="25">
         <v>59924.524239679988</v>
       </c>
-      <c r="AS17"/>
+      <c r="AS17" s="25">
+        <v>59789.715438039973</v>
+      </c>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
       <c r="AY17"/>
       <c r="AZ17"/>
       <c r="BA17"/>
       <c r="BB17"/>
       <c r="BC17"/>
       <c r="BD17"/>
       <c r="BE17"/>
       <c r="BF17"/>
       <c r="BG17"/>
       <c r="BH17"/>
       <c r="BI17"/>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17"/>
       <c r="BN17"/>
       <c r="BO17"/>
       <c r="BP17"/>
       <c r="BQ17"/>
       <c r="BR17"/>
@@ -14142,51 +14165,53 @@
       </c>
       <c r="AK18" s="24">
         <v>50254.43783214</v>
       </c>
       <c r="AL18" s="24">
         <v>48394.523910469987</v>
       </c>
       <c r="AM18" s="24">
         <v>49036.375767639998</v>
       </c>
       <c r="AN18" s="24">
         <v>46692.417998139994</v>
       </c>
       <c r="AO18" s="24">
         <v>47390.455061870001</v>
       </c>
       <c r="AP18" s="24">
         <v>46960.579886500011</v>
       </c>
       <c r="AQ18" s="24">
         <v>46407.71181541001</v>
       </c>
       <c r="AR18" s="24">
         <v>45884.785442320004</v>
       </c>
-      <c r="AS18"/>
+      <c r="AS18" s="24">
+        <v>45977.550133990015</v>
+      </c>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
       <c r="AY18"/>
       <c r="AZ18"/>
       <c r="BA18"/>
       <c r="BB18"/>
       <c r="BC18"/>
       <c r="BD18"/>
       <c r="BE18"/>
       <c r="BF18"/>
       <c r="BG18"/>
       <c r="BH18"/>
       <c r="BI18"/>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18"/>
       <c r="BN18"/>
       <c r="BO18"/>
       <c r="BP18"/>
       <c r="BQ18"/>
       <c r="BR18"/>
@@ -14424,51 +14449,53 @@
       </c>
       <c r="AK19" s="25">
         <v>6311.3464546200003</v>
       </c>
       <c r="AL19" s="25">
         <v>5925.1429275599994</v>
       </c>
       <c r="AM19" s="25">
         <v>5613.2065786000003</v>
       </c>
       <c r="AN19" s="25">
         <v>5348.0711634300005</v>
       </c>
       <c r="AO19" s="25">
         <v>5535.0748864500001</v>
       </c>
       <c r="AP19" s="25">
         <v>5155.7233914099997</v>
       </c>
       <c r="AQ19" s="25">
         <v>5086.6173096999992</v>
       </c>
       <c r="AR19" s="25">
         <v>4809.1786025499996</v>
       </c>
-      <c r="AS19"/>
+      <c r="AS19" s="25">
+        <v>4725.26806769</v>
+      </c>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
       <c r="AY19"/>
       <c r="AZ19"/>
       <c r="BA19"/>
       <c r="BB19"/>
       <c r="BC19"/>
       <c r="BD19"/>
       <c r="BE19"/>
       <c r="BF19"/>
       <c r="BG19"/>
       <c r="BH19"/>
       <c r="BI19"/>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19"/>
       <c r="BN19"/>
       <c r="BO19"/>
       <c r="BP19"/>
       <c r="BQ19"/>
       <c r="BR19"/>
@@ -14706,51 +14733,53 @@
       </c>
       <c r="AK20" s="24">
         <v>1110655.4789408697</v>
       </c>
       <c r="AL20" s="24">
         <v>1129869.9640278893</v>
       </c>
       <c r="AM20" s="24">
         <v>1077006.7701691601</v>
       </c>
       <c r="AN20" s="24">
         <v>1048560.8704638302</v>
       </c>
       <c r="AO20" s="24">
         <v>1167035.7564918799</v>
       </c>
       <c r="AP20" s="24">
         <v>1306969.5140586302</v>
       </c>
       <c r="AQ20" s="24">
         <v>1250869.3934188399</v>
       </c>
       <c r="AR20" s="24">
         <v>1117233.5253097995</v>
       </c>
-      <c r="AS20"/>
+      <c r="AS20" s="24">
+        <v>1312199.17581681</v>
+      </c>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
       <c r="AY20"/>
       <c r="AZ20"/>
       <c r="BA20"/>
       <c r="BB20"/>
       <c r="BC20"/>
       <c r="BD20"/>
       <c r="BE20"/>
       <c r="BF20"/>
       <c r="BG20"/>
       <c r="BH20"/>
       <c r="BI20"/>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20"/>
       <c r="BN20"/>
       <c r="BO20"/>
       <c r="BP20"/>
       <c r="BQ20"/>
       <c r="BR20"/>
@@ -14988,51 +15017,53 @@
       </c>
       <c r="AK21" s="25">
         <v>75650.346547819994</v>
       </c>
       <c r="AL21" s="25">
         <v>74461.386371679982</v>
       </c>
       <c r="AM21" s="25">
         <v>75918.120524669997</v>
       </c>
       <c r="AN21" s="25">
         <v>76846.983300819993</v>
       </c>
       <c r="AO21" s="25">
         <v>80073.356670640016</v>
       </c>
       <c r="AP21" s="25">
         <v>78574.276176430008</v>
       </c>
       <c r="AQ21" s="25">
         <v>78971.66662744002</v>
       </c>
       <c r="AR21" s="25">
         <v>73758.749437659993</v>
       </c>
-      <c r="AS21"/>
+      <c r="AS21" s="25">
+        <v>68407.913941160004</v>
+      </c>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
       <c r="AY21"/>
       <c r="AZ21"/>
       <c r="BA21"/>
       <c r="BB21"/>
       <c r="BC21"/>
       <c r="BD21"/>
       <c r="BE21"/>
       <c r="BF21"/>
       <c r="BG21"/>
       <c r="BH21"/>
       <c r="BI21"/>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21"/>
       <c r="BN21"/>
       <c r="BO21"/>
       <c r="BP21"/>
       <c r="BQ21"/>
       <c r="BR21"/>
@@ -15270,51 +15301,53 @@
       </c>
       <c r="AK22" s="24">
         <v>4552.7946824199998</v>
       </c>
       <c r="AL22" s="24">
         <v>4457.90689931</v>
       </c>
       <c r="AM22" s="24">
         <v>4418.1396507699992</v>
       </c>
       <c r="AN22" s="24">
         <v>4547.9555592000006</v>
       </c>
       <c r="AO22" s="24">
         <v>4586.6914227900015</v>
       </c>
       <c r="AP22" s="24">
         <v>4443.6458424900011</v>
       </c>
       <c r="AQ22" s="24">
         <v>4492.3167486799994</v>
       </c>
       <c r="AR22" s="24">
         <v>4394.7651343999996</v>
       </c>
-      <c r="AS22"/>
+      <c r="AS22" s="24">
+        <v>4606.8879010700002</v>
+      </c>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
       <c r="AY22"/>
       <c r="AZ22"/>
       <c r="BA22"/>
       <c r="BB22"/>
       <c r="BC22"/>
       <c r="BD22"/>
       <c r="BE22"/>
       <c r="BF22"/>
       <c r="BG22"/>
       <c r="BH22"/>
       <c r="BI22"/>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22"/>
       <c r="BN22"/>
       <c r="BO22"/>
       <c r="BP22"/>
       <c r="BQ22"/>
       <c r="BR22"/>
@@ -15552,51 +15585,53 @@
       </c>
       <c r="AK23" s="25">
         <v>21717.981256199997</v>
       </c>
       <c r="AL23" s="25">
         <v>24336.863921430006</v>
       </c>
       <c r="AM23" s="25">
         <v>24207.080751960006</v>
       </c>
       <c r="AN23" s="25">
         <v>24267.368690829997</v>
       </c>
       <c r="AO23" s="25">
         <v>23492.523741699995</v>
       </c>
       <c r="AP23" s="25">
         <v>22495.338031440002</v>
       </c>
       <c r="AQ23" s="25">
         <v>22521.209845420002</v>
       </c>
       <c r="AR23" s="25">
         <v>22957.631536790002</v>
       </c>
-      <c r="AS23"/>
+      <c r="AS23" s="25">
+        <v>20696.385467569999</v>
+      </c>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
       <c r="AY23"/>
       <c r="AZ23"/>
       <c r="BA23"/>
       <c r="BB23"/>
       <c r="BC23"/>
       <c r="BD23"/>
       <c r="BE23"/>
       <c r="BF23"/>
       <c r="BG23"/>
       <c r="BH23"/>
       <c r="BI23"/>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23"/>
       <c r="BN23"/>
       <c r="BO23"/>
       <c r="BP23"/>
       <c r="BQ23"/>
       <c r="BR23"/>
@@ -15834,51 +15869,53 @@
       </c>
       <c r="AK24" s="24">
         <v>754695.64153471007</v>
       </c>
       <c r="AL24" s="24">
         <v>733156.59848734981</v>
       </c>
       <c r="AM24" s="24">
         <v>777267.12053000997</v>
       </c>
       <c r="AN24" s="24">
         <v>777880.75863070006</v>
       </c>
       <c r="AO24" s="24">
         <v>847665.0132993497</v>
       </c>
       <c r="AP24" s="24">
         <v>853886.94546596007</v>
       </c>
       <c r="AQ24" s="24">
         <v>829380.0557728298</v>
       </c>
       <c r="AR24" s="24">
         <v>883852.48420396016</v>
       </c>
-      <c r="AS24"/>
+      <c r="AS24" s="24">
+        <v>930989.45351855014</v>
+      </c>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
       <c r="AY24"/>
       <c r="AZ24"/>
       <c r="BA24"/>
       <c r="BB24"/>
       <c r="BC24"/>
       <c r="BD24"/>
       <c r="BE24"/>
       <c r="BF24"/>
       <c r="BG24"/>
       <c r="BH24"/>
       <c r="BI24"/>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24"/>
       <c r="BN24"/>
       <c r="BO24"/>
       <c r="BP24"/>
       <c r="BQ24"/>
       <c r="BR24"/>
@@ -16116,51 +16153,53 @@
       </c>
       <c r="AK25" s="25">
         <v>3855.2497268600005</v>
       </c>
       <c r="AL25" s="25">
         <v>3849.3382209599999</v>
       </c>
       <c r="AM25" s="25">
         <v>3805.9402009600003</v>
       </c>
       <c r="AN25" s="25">
         <v>3665.4582459199992</v>
       </c>
       <c r="AO25" s="25">
         <v>3632.7116706399988</v>
       </c>
       <c r="AP25" s="25">
         <v>3530.9376702600002</v>
       </c>
       <c r="AQ25" s="25">
         <v>3463.3976095800008</v>
       </c>
       <c r="AR25" s="25">
         <v>3367.7971486300012</v>
       </c>
-      <c r="AS25"/>
+      <c r="AS25" s="25">
+        <v>3383.0605908800007</v>
+      </c>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
       <c r="AY25"/>
       <c r="AZ25"/>
       <c r="BA25"/>
       <c r="BB25"/>
       <c r="BC25"/>
       <c r="BD25"/>
       <c r="BE25"/>
       <c r="BF25"/>
       <c r="BG25"/>
       <c r="BH25"/>
       <c r="BI25"/>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
       <c r="BM25"/>
       <c r="BN25"/>
       <c r="BO25"/>
       <c r="BP25"/>
       <c r="BQ25"/>
       <c r="BR25"/>
@@ -16398,51 +16437,53 @@
       </c>
       <c r="AK26" s="24">
         <v>3838.7314676200008</v>
       </c>
       <c r="AL26" s="24">
         <v>3996.9182611500005</v>
       </c>
       <c r="AM26" s="24">
         <v>3798.9296841599999</v>
       </c>
       <c r="AN26" s="24">
         <v>4084.9499121099998</v>
       </c>
       <c r="AO26" s="24">
         <v>4287.6603230600003</v>
       </c>
       <c r="AP26" s="24">
         <v>4281.3993583599995</v>
       </c>
       <c r="AQ26" s="24">
         <v>4205.2253045999996</v>
       </c>
       <c r="AR26" s="24">
         <v>3861.0139219200005</v>
       </c>
-      <c r="AS26"/>
+      <c r="AS26" s="24">
+        <v>3563.4695983200004</v>
+      </c>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
       <c r="AY26"/>
       <c r="AZ26"/>
       <c r="BA26"/>
       <c r="BB26"/>
       <c r="BC26"/>
       <c r="BD26"/>
       <c r="BE26"/>
       <c r="BF26"/>
       <c r="BG26"/>
       <c r="BH26"/>
       <c r="BI26"/>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
       <c r="BM26"/>
       <c r="BN26"/>
       <c r="BO26"/>
       <c r="BP26"/>
       <c r="BQ26"/>
       <c r="BR26"/>
@@ -16680,51 +16721,53 @@
       </c>
       <c r="AK27" s="25">
         <v>2252.3278812300005</v>
       </c>
       <c r="AL27" s="25">
         <v>2154.81504107</v>
       </c>
       <c r="AM27" s="25">
         <v>2064.07992294</v>
       </c>
       <c r="AN27" s="25">
         <v>2022.13462437</v>
       </c>
       <c r="AO27" s="25">
         <v>1976.1676948400002</v>
       </c>
       <c r="AP27" s="25">
         <v>1825.7357593499996</v>
       </c>
       <c r="AQ27" s="25">
         <v>1757.0166188400003</v>
       </c>
       <c r="AR27" s="25">
         <v>1710.4393590000004</v>
       </c>
-      <c r="AS27"/>
+      <c r="AS27" s="25">
+        <v>1685.4603988999997</v>
+      </c>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
       <c r="AY27"/>
       <c r="AZ27"/>
       <c r="BA27"/>
       <c r="BB27"/>
       <c r="BC27"/>
       <c r="BD27"/>
       <c r="BE27"/>
       <c r="BF27"/>
       <c r="BG27"/>
       <c r="BH27"/>
       <c r="BI27"/>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
       <c r="BM27"/>
       <c r="BN27"/>
       <c r="BO27"/>
       <c r="BP27"/>
       <c r="BQ27"/>
       <c r="BR27"/>
@@ -16962,51 +17005,53 @@
       </c>
       <c r="AK28" s="24">
         <v>45009.757517599974</v>
       </c>
       <c r="AL28" s="24">
         <v>43635.244182429982</v>
       </c>
       <c r="AM28" s="24">
         <v>42300.193667110005</v>
       </c>
       <c r="AN28" s="24">
         <v>41680.870800910001</v>
       </c>
       <c r="AO28" s="24">
         <v>41395.074293620033</v>
       </c>
       <c r="AP28" s="24">
         <v>40967.744588659996</v>
       </c>
       <c r="AQ28" s="24">
         <v>38897.183361949996</v>
       </c>
       <c r="AR28" s="24">
         <v>38659.679583809972</v>
       </c>
-      <c r="AS28"/>
+      <c r="AS28" s="24">
+        <v>38872.390936890006</v>
+      </c>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
       <c r="AY28"/>
       <c r="AZ28"/>
       <c r="BA28"/>
       <c r="BB28"/>
       <c r="BC28"/>
       <c r="BD28"/>
       <c r="BE28"/>
       <c r="BF28"/>
       <c r="BG28"/>
       <c r="BH28"/>
       <c r="BI28"/>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
       <c r="BM28"/>
       <c r="BN28"/>
       <c r="BO28"/>
       <c r="BP28"/>
       <c r="BQ28"/>
       <c r="BR28"/>
@@ -17244,51 +17289,53 @@
       </c>
       <c r="AK29" s="34">
         <v>1306.35491342</v>
       </c>
       <c r="AL29" s="34">
         <v>1312.1481534599998</v>
       </c>
       <c r="AM29" s="34">
         <v>1315.3073373400002</v>
       </c>
       <c r="AN29" s="34">
         <v>1329.5535180499999</v>
       </c>
       <c r="AO29" s="34">
         <v>1325.1770323799999</v>
       </c>
       <c r="AP29" s="34">
         <v>1350.3359481099999</v>
       </c>
       <c r="AQ29" s="34">
         <v>1314.0727333599998</v>
       </c>
       <c r="AR29" s="34">
         <v>1284.5803359900003</v>
       </c>
-      <c r="AS29"/>
+      <c r="AS29" s="34">
+        <v>1246.95184526</v>
+      </c>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
       <c r="AY29"/>
       <c r="AZ29"/>
       <c r="BA29"/>
       <c r="BB29"/>
       <c r="BC29"/>
       <c r="BD29"/>
       <c r="BE29"/>
       <c r="BF29"/>
       <c r="BG29"/>
       <c r="BH29"/>
       <c r="BI29"/>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
       <c r="BM29"/>
       <c r="BN29"/>
       <c r="BO29"/>
       <c r="BP29"/>
       <c r="BQ29"/>
       <c r="BR29"/>
@@ -17526,51 +17573,53 @@
       </c>
       <c r="AK30" s="24">
         <v>2812.9407618599998</v>
       </c>
       <c r="AL30" s="24">
         <v>3586.6633520400001</v>
       </c>
       <c r="AM30" s="24">
         <v>4066.8819880000005</v>
       </c>
       <c r="AN30" s="24">
         <v>4065.6226878899997</v>
       </c>
       <c r="AO30" s="24">
         <v>4032.1148442600002</v>
       </c>
       <c r="AP30" s="24">
         <v>4041.40217798</v>
       </c>
       <c r="AQ30" s="24">
         <v>4008.6284718100005</v>
       </c>
       <c r="AR30" s="24">
         <v>4007.7864789000005</v>
       </c>
-      <c r="AS30"/>
+      <c r="AS30" s="24">
+        <v>3975.2536752500005</v>
+      </c>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
       <c r="AY30"/>
       <c r="AZ30"/>
       <c r="BA30"/>
       <c r="BB30"/>
       <c r="BC30"/>
       <c r="BD30"/>
       <c r="BE30"/>
       <c r="BF30"/>
       <c r="BG30"/>
       <c r="BH30"/>
       <c r="BI30"/>
       <c r="BJ30"/>
       <c r="BK30"/>
       <c r="BL30"/>
       <c r="BM30"/>
       <c r="BN30"/>
       <c r="BO30"/>
       <c r="BP30"/>
       <c r="BQ30"/>
       <c r="BR30"/>
@@ -17830,51 +17879,53 @@
       </c>
       <c r="AK31" s="25">
         <v>2929917.7804957102</v>
       </c>
       <c r="AL31" s="25">
         <v>2928399.3142035306</v>
       </c>
       <c r="AM31" s="25">
         <v>2951036.6687481287</v>
       </c>
       <c r="AN31" s="25">
         <v>2980325.6523509398</v>
       </c>
       <c r="AO31" s="25">
         <v>3027496.8380098492</v>
       </c>
       <c r="AP31" s="25">
         <v>3014286.5005168305</v>
       </c>
       <c r="AQ31" s="25">
         <v>3040156.1719007501</v>
       </c>
       <c r="AR31" s="25">
         <v>3066815.6027497305</v>
       </c>
-      <c r="AS31"/>
+      <c r="AS31" s="25">
+        <v>3099674.7590334406</v>
+      </c>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
       <c r="AY31"/>
       <c r="AZ31"/>
       <c r="BA31"/>
       <c r="BB31"/>
       <c r="BC31"/>
       <c r="BD31"/>
       <c r="BE31"/>
       <c r="BF31"/>
       <c r="BG31"/>
       <c r="BH31"/>
       <c r="BI31"/>
       <c r="BJ31"/>
       <c r="BK31"/>
       <c r="BL31"/>
       <c r="BM31"/>
       <c r="BN31"/>
       <c r="BO31"/>
       <c r="BP31"/>
       <c r="BQ31"/>
       <c r="BR31"/>
@@ -18112,51 +18163,53 @@
       </c>
       <c r="AK32" s="8">
         <v>77021.651039300006</v>
       </c>
       <c r="AL32" s="8">
         <v>78273.158977909989</v>
       </c>
       <c r="AM32" s="8">
         <v>79319.999311809981</v>
       </c>
       <c r="AN32" s="8">
         <v>80325.255765330003</v>
       </c>
       <c r="AO32" s="8">
         <v>81838.888823019981</v>
       </c>
       <c r="AP32" s="8">
         <v>82620.173399110005</v>
       </c>
       <c r="AQ32" s="8">
         <v>83638.258358649997</v>
       </c>
       <c r="AR32" s="8">
         <v>84897.281275800007</v>
       </c>
-      <c r="AS32"/>
+      <c r="AS32" s="8">
+        <v>86558.37178619999</v>
+      </c>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
       <c r="AY32"/>
       <c r="AZ32"/>
       <c r="BA32"/>
       <c r="BB32"/>
       <c r="BC32"/>
       <c r="BD32"/>
       <c r="BE32"/>
       <c r="BF32"/>
       <c r="BG32"/>
       <c r="BH32"/>
       <c r="BI32"/>
       <c r="BJ32"/>
       <c r="BK32"/>
       <c r="BL32"/>
       <c r="BM32"/>
       <c r="BN32"/>
       <c r="BO32"/>
       <c r="BP32"/>
       <c r="BQ32"/>
       <c r="BR32"/>
@@ -18394,51 +18447,53 @@
       </c>
       <c r="AK33" s="11">
         <v>2782.3285103700005</v>
       </c>
       <c r="AL33" s="11">
         <v>2699.5142057500002</v>
       </c>
       <c r="AM33" s="11">
         <v>2629.09119676</v>
       </c>
       <c r="AN33" s="11">
         <v>2525.6738490299999</v>
       </c>
       <c r="AO33" s="11">
         <v>2445.0019661799997</v>
       </c>
       <c r="AP33" s="11">
         <v>2357.0688735899998</v>
       </c>
       <c r="AQ33" s="11">
         <v>2279.8415956600002</v>
       </c>
       <c r="AR33" s="11">
         <v>2229.4969198600002</v>
       </c>
-      <c r="AS33"/>
+      <c r="AS33" s="11">
+        <v>2160.5435070399994</v>
+      </c>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
       <c r="AY33"/>
       <c r="AZ33"/>
       <c r="BA33"/>
       <c r="BB33"/>
       <c r="BC33"/>
       <c r="BD33"/>
       <c r="BE33"/>
       <c r="BF33"/>
       <c r="BG33"/>
       <c r="BH33"/>
       <c r="BI33"/>
       <c r="BJ33"/>
       <c r="BK33"/>
       <c r="BL33"/>
       <c r="BM33"/>
       <c r="BN33"/>
       <c r="BO33"/>
       <c r="BP33"/>
       <c r="BQ33"/>
       <c r="BR33"/>
@@ -18676,51 +18731,53 @@
       </c>
       <c r="AK34" s="8">
         <v>58406.547768960001</v>
       </c>
       <c r="AL34" s="8">
         <v>59463.621245919996</v>
       </c>
       <c r="AM34" s="8">
         <v>60290.014838499992</v>
       </c>
       <c r="AN34" s="8">
         <v>61321.575801979998</v>
       </c>
       <c r="AO34" s="8">
         <v>62859.076143559992</v>
       </c>
       <c r="AP34" s="8">
         <v>63881.642727510007</v>
       </c>
       <c r="AQ34" s="8">
         <v>65143.591073069998</v>
       </c>
       <c r="AR34" s="8">
         <v>66639.762779730008</v>
       </c>
-      <c r="AS34"/>
+      <c r="AS34" s="8">
+        <v>68409.348996589993</v>
+      </c>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
       <c r="AY34"/>
       <c r="AZ34"/>
       <c r="BA34"/>
       <c r="BB34"/>
       <c r="BC34"/>
       <c r="BD34"/>
       <c r="BE34"/>
       <c r="BF34"/>
       <c r="BG34"/>
       <c r="BH34"/>
       <c r="BI34"/>
       <c r="BJ34"/>
       <c r="BK34"/>
       <c r="BL34"/>
       <c r="BM34"/>
       <c r="BN34"/>
       <c r="BO34"/>
       <c r="BP34"/>
       <c r="BQ34"/>
       <c r="BR34"/>
@@ -18958,51 +19015,53 @@
       </c>
       <c r="AK35" s="11">
         <v>15832.774759970003</v>
       </c>
       <c r="AL35" s="11">
         <v>16110.023526239998</v>
       </c>
       <c r="AM35" s="11">
         <v>16400.893276549999</v>
       </c>
       <c r="AN35" s="11">
         <v>16478.006114320004</v>
       </c>
       <c r="AO35" s="11">
         <v>16534.81071328</v>
       </c>
       <c r="AP35" s="11">
         <v>16381.461798010003</v>
       </c>
       <c r="AQ35" s="11">
         <v>16214.825689919999</v>
       </c>
       <c r="AR35" s="11">
         <v>16028.021576210002</v>
       </c>
-      <c r="AS35"/>
+      <c r="AS35" s="11">
+        <v>15988.479282570004</v>
+      </c>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
       <c r="AY35"/>
       <c r="AZ35"/>
       <c r="BA35"/>
       <c r="BB35"/>
       <c r="BC35"/>
       <c r="BD35"/>
       <c r="BE35"/>
       <c r="BF35"/>
       <c r="BG35"/>
       <c r="BH35"/>
       <c r="BI35"/>
       <c r="BJ35"/>
       <c r="BK35"/>
       <c r="BL35"/>
       <c r="BM35"/>
       <c r="BN35"/>
       <c r="BO35"/>
       <c r="BP35"/>
       <c r="BQ35"/>
       <c r="BR35"/>
@@ -19240,51 +19299,53 @@
       </c>
       <c r="AK36" s="8">
         <v>2085675.5016972404</v>
       </c>
       <c r="AL36" s="8">
         <v>2097408.4426218402</v>
       </c>
       <c r="AM36" s="8">
         <v>2120750.7689206693</v>
       </c>
       <c r="AN36" s="8">
         <v>2154042.3606056902</v>
       </c>
       <c r="AO36" s="8">
         <v>2198049.1152660297</v>
       </c>
       <c r="AP36" s="8">
         <v>2202641.5383640504</v>
       </c>
       <c r="AQ36" s="8">
         <v>2222186.6619909401</v>
       </c>
       <c r="AR36" s="8">
         <v>2244045.0857951506</v>
       </c>
-      <c r="AS36"/>
+      <c r="AS36" s="8">
+        <v>2274817.1536065508</v>
+      </c>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
       <c r="AY36"/>
       <c r="AZ36"/>
       <c r="BA36"/>
       <c r="BB36"/>
       <c r="BC36"/>
       <c r="BD36"/>
       <c r="BE36"/>
       <c r="BF36"/>
       <c r="BG36"/>
       <c r="BH36"/>
       <c r="BI36"/>
       <c r="BJ36"/>
       <c r="BK36"/>
       <c r="BL36"/>
       <c r="BM36"/>
       <c r="BN36"/>
       <c r="BO36"/>
       <c r="BP36"/>
       <c r="BQ36"/>
       <c r="BR36"/>
@@ -19522,51 +19583,53 @@
       </c>
       <c r="AK37" s="11">
         <v>1585439.29848863</v>
       </c>
       <c r="AL37" s="11">
         <v>1594312.8003265304</v>
       </c>
       <c r="AM37" s="11">
         <v>1612987.397354339</v>
       </c>
       <c r="AN37" s="11">
         <v>1639455.6112223102</v>
       </c>
       <c r="AO37" s="11">
         <v>1673179.2606178601</v>
       </c>
       <c r="AP37" s="11">
         <v>1676625.3032939304</v>
       </c>
       <c r="AQ37" s="11">
         <v>1692723.8066851103</v>
       </c>
       <c r="AR37" s="11">
         <v>1711478.7086144604</v>
       </c>
-      <c r="AS37"/>
+      <c r="AS37" s="11">
+        <v>1737079.6547078807</v>
+      </c>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
       <c r="AY37"/>
       <c r="AZ37"/>
       <c r="BA37"/>
       <c r="BB37"/>
       <c r="BC37"/>
       <c r="BD37"/>
       <c r="BE37"/>
       <c r="BF37"/>
       <c r="BG37"/>
       <c r="BH37"/>
       <c r="BI37"/>
       <c r="BJ37"/>
       <c r="BK37"/>
       <c r="BL37"/>
       <c r="BM37"/>
       <c r="BN37"/>
       <c r="BO37"/>
       <c r="BP37"/>
       <c r="BQ37"/>
       <c r="BR37"/>
@@ -19804,51 +19867,53 @@
       </c>
       <c r="AK38" s="8">
         <v>1045.5576519899998</v>
       </c>
       <c r="AL38" s="8">
         <v>1458.3611597300001</v>
       </c>
       <c r="AM38" s="8">
         <v>1438.87083588</v>
       </c>
       <c r="AN38" s="8">
         <v>1393.9017408700001</v>
       </c>
       <c r="AO38" s="8">
         <v>1353.4269107600003</v>
       </c>
       <c r="AP38" s="8">
         <v>1559.5003190899999</v>
       </c>
       <c r="AQ38" s="8">
         <v>1525.8357657000001</v>
       </c>
       <c r="AR38" s="8">
         <v>1487.3496698899996</v>
       </c>
-      <c r="AS38"/>
+      <c r="AS38" s="8">
+        <v>1446.8147086200001</v>
+      </c>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
       <c r="AY38"/>
       <c r="AZ38"/>
       <c r="BA38"/>
       <c r="BB38"/>
       <c r="BC38"/>
       <c r="BD38"/>
       <c r="BE38"/>
       <c r="BF38"/>
       <c r="BG38"/>
       <c r="BH38"/>
       <c r="BI38"/>
       <c r="BJ38"/>
       <c r="BK38"/>
       <c r="BL38"/>
       <c r="BM38"/>
       <c r="BN38"/>
       <c r="BO38"/>
       <c r="BP38"/>
       <c r="BQ38"/>
       <c r="BR38"/>
@@ -20086,51 +20151,53 @@
       </c>
       <c r="AK39" s="11">
         <v>1584393.7408366399</v>
       </c>
       <c r="AL39" s="11">
         <v>1592854.4391668004</v>
       </c>
       <c r="AM39" s="11">
         <v>1611548.526518459</v>
       </c>
       <c r="AN39" s="11">
         <v>1638061.7094814403</v>
       </c>
       <c r="AO39" s="11">
         <v>1671825.8337071</v>
       </c>
       <c r="AP39" s="11">
         <v>1675065.8029748404</v>
       </c>
       <c r="AQ39" s="11">
         <v>1691197.9709194102</v>
       </c>
       <c r="AR39" s="11">
         <v>1709991.3589445704</v>
       </c>
-      <c r="AS39"/>
+      <c r="AS39" s="11">
+        <v>1735632.8399992606</v>
+      </c>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
       <c r="AY39"/>
       <c r="AZ39"/>
       <c r="BA39"/>
       <c r="BB39"/>
       <c r="BC39"/>
       <c r="BD39"/>
       <c r="BE39"/>
       <c r="BF39"/>
       <c r="BG39"/>
       <c r="BH39"/>
       <c r="BI39"/>
       <c r="BJ39"/>
       <c r="BK39"/>
       <c r="BL39"/>
       <c r="BM39"/>
       <c r="BN39"/>
       <c r="BO39"/>
       <c r="BP39"/>
       <c r="BQ39"/>
       <c r="BR39"/>
@@ -20368,51 +20435,53 @@
       </c>
       <c r="AK40" s="8">
         <v>248967.44401710003</v>
       </c>
       <c r="AL40" s="8">
         <v>249967.46567779995</v>
       </c>
       <c r="AM40" s="8">
         <v>252837.41672457007</v>
       </c>
       <c r="AN40" s="8">
         <v>259263.76425581003</v>
       </c>
       <c r="AO40" s="8">
         <v>268517.30938623979</v>
       </c>
       <c r="AP40" s="8">
         <v>269813.74932381994</v>
       </c>
       <c r="AQ40" s="8">
         <v>272605.94994399993</v>
       </c>
       <c r="AR40" s="8">
         <v>275441.14365999016</v>
       </c>
-      <c r="AS40"/>
+      <c r="AS40" s="8">
+        <v>279943.2826107</v>
+      </c>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
       <c r="AY40"/>
       <c r="AZ40"/>
       <c r="BA40"/>
       <c r="BB40"/>
       <c r="BC40"/>
       <c r="BD40"/>
       <c r="BE40"/>
       <c r="BF40"/>
       <c r="BG40"/>
       <c r="BH40"/>
       <c r="BI40"/>
       <c r="BJ40"/>
       <c r="BK40"/>
       <c r="BL40"/>
       <c r="BM40"/>
       <c r="BN40"/>
       <c r="BO40"/>
       <c r="BP40"/>
       <c r="BQ40"/>
       <c r="BR40"/>
@@ -20650,51 +20719,53 @@
       </c>
       <c r="AK41" s="11">
         <v>4.2462634599999998</v>
       </c>
       <c r="AL41" s="11">
         <v>4.1836483399999995</v>
       </c>
       <c r="AM41" s="11">
         <v>4.1376145599999994</v>
       </c>
       <c r="AN41" s="11">
         <v>3.8594269699999999</v>
       </c>
       <c r="AO41" s="11">
         <v>3.5933733399999999</v>
       </c>
       <c r="AP41" s="11">
         <v>3.56059137</v>
       </c>
       <c r="AQ41" s="11">
         <v>2.8960155200000002</v>
       </c>
       <c r="AR41" s="11">
         <v>2.8760352999999999</v>
       </c>
-      <c r="AS41"/>
+      <c r="AS41" s="11">
+        <v>2.8508574899999997</v>
+      </c>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
       <c r="AY41"/>
       <c r="AZ41"/>
       <c r="BA41"/>
       <c r="BB41"/>
       <c r="BC41"/>
       <c r="BD41"/>
       <c r="BE41"/>
       <c r="BF41"/>
       <c r="BG41"/>
       <c r="BH41"/>
       <c r="BI41"/>
       <c r="BJ41"/>
       <c r="BK41"/>
       <c r="BL41"/>
       <c r="BM41"/>
       <c r="BN41"/>
       <c r="BO41"/>
       <c r="BP41"/>
       <c r="BQ41"/>
       <c r="BR41"/>
@@ -20932,51 +21003,53 @@
       </c>
       <c r="AK42" s="8">
         <v>248963.19775364004</v>
       </c>
       <c r="AL42" s="8">
         <v>249963.28202945995</v>
       </c>
       <c r="AM42" s="8">
         <v>252833.27911001007</v>
       </c>
       <c r="AN42" s="8">
         <v>259259.90482884002</v>
       </c>
       <c r="AO42" s="8">
         <v>268513.71601289982</v>
       </c>
       <c r="AP42" s="8">
         <v>269810.18873244995</v>
       </c>
       <c r="AQ42" s="8">
         <v>272603.05392847996</v>
       </c>
       <c r="AR42" s="8">
         <v>275438.26762469014</v>
       </c>
-      <c r="AS42"/>
+      <c r="AS42" s="8">
+        <v>279940.43175321002</v>
+      </c>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
       <c r="AY42"/>
       <c r="AZ42"/>
       <c r="BA42"/>
       <c r="BB42"/>
       <c r="BC42"/>
       <c r="BD42"/>
       <c r="BE42"/>
       <c r="BF42"/>
       <c r="BG42"/>
       <c r="BH42"/>
       <c r="BI42"/>
       <c r="BJ42"/>
       <c r="BK42"/>
       <c r="BL42"/>
       <c r="BM42"/>
       <c r="BN42"/>
       <c r="BO42"/>
       <c r="BP42"/>
       <c r="BQ42"/>
       <c r="BR42"/>
@@ -21214,51 +21287,53 @@
       </c>
       <c r="AK43" s="11">
         <v>28070.702702809995</v>
       </c>
       <c r="AL43" s="11">
         <v>28364.639113680008</v>
       </c>
       <c r="AM43" s="11">
         <v>28746.847435099986</v>
       </c>
       <c r="AN43" s="11">
         <v>28544.42461102999</v>
       </c>
       <c r="AO43" s="11">
         <v>28445.795190779994</v>
       </c>
       <c r="AP43" s="11">
         <v>28036.946476720012</v>
       </c>
       <c r="AQ43" s="11">
         <v>27884.593918939994</v>
       </c>
       <c r="AR43" s="11">
         <v>27825.006901359993</v>
       </c>
-      <c r="AS43"/>
+      <c r="AS43" s="11">
+        <v>27868.970800839994</v>
+      </c>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
       <c r="AY43"/>
       <c r="AZ43"/>
       <c r="BA43"/>
       <c r="BB43"/>
       <c r="BC43"/>
       <c r="BD43"/>
       <c r="BE43"/>
       <c r="BF43"/>
       <c r="BG43"/>
       <c r="BH43"/>
       <c r="BI43"/>
       <c r="BJ43"/>
       <c r="BK43"/>
       <c r="BL43"/>
       <c r="BM43"/>
       <c r="BN43"/>
       <c r="BO43"/>
       <c r="BP43"/>
       <c r="BQ43"/>
       <c r="BR43"/>
@@ -21496,51 +21571,53 @@
       </c>
       <c r="AK44" s="8">
         <v>5.3572571800000004</v>
       </c>
       <c r="AL44" s="8">
         <v>5.2271827299999991</v>
       </c>
       <c r="AM44" s="8">
         <v>5.0987738299999998</v>
       </c>
       <c r="AN44" s="8">
         <v>4.9539243800000001</v>
       </c>
       <c r="AO44" s="8">
         <v>4.8261554599999998</v>
       </c>
       <c r="AP44" s="8">
         <v>4.6828334199999997</v>
       </c>
       <c r="AQ44" s="8">
         <v>4.5863320300000003</v>
       </c>
       <c r="AR44" s="8">
         <v>4.4631653799999995</v>
       </c>
-      <c r="AS44"/>
+      <c r="AS44" s="8">
+        <v>4.3356402300000001</v>
+      </c>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
       <c r="AY44"/>
       <c r="AZ44"/>
       <c r="BA44"/>
       <c r="BB44"/>
       <c r="BC44"/>
       <c r="BD44"/>
       <c r="BE44"/>
       <c r="BF44"/>
       <c r="BG44"/>
       <c r="BH44"/>
       <c r="BI44"/>
       <c r="BJ44"/>
       <c r="BK44"/>
       <c r="BL44"/>
       <c r="BM44"/>
       <c r="BN44"/>
       <c r="BO44"/>
       <c r="BP44"/>
       <c r="BQ44"/>
       <c r="BR44"/>
@@ -21778,51 +21855,53 @@
       </c>
       <c r="AK45" s="11">
         <v>28065.345445629995</v>
       </c>
       <c r="AL45" s="11">
         <v>28359.411930950009</v>
       </c>
       <c r="AM45" s="11">
         <v>28741.748661269987</v>
       </c>
       <c r="AN45" s="11">
         <v>28539.470686649991</v>
       </c>
       <c r="AO45" s="11">
         <v>28440.969035319995</v>
       </c>
       <c r="AP45" s="11">
         <v>28032.263643300012</v>
       </c>
       <c r="AQ45" s="11">
         <v>27880.007586909993</v>
       </c>
       <c r="AR45" s="11">
         <v>27820.543735979994</v>
       </c>
-      <c r="AS45"/>
+      <c r="AS45" s="11">
+        <v>27864.635160609992</v>
+      </c>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
       <c r="AY45"/>
       <c r="AZ45"/>
       <c r="BA45"/>
       <c r="BB45"/>
       <c r="BC45"/>
       <c r="BD45"/>
       <c r="BE45"/>
       <c r="BF45"/>
       <c r="BG45"/>
       <c r="BH45"/>
       <c r="BI45"/>
       <c r="BJ45"/>
       <c r="BK45"/>
       <c r="BL45"/>
       <c r="BM45"/>
       <c r="BN45"/>
       <c r="BO45"/>
       <c r="BP45"/>
       <c r="BQ45"/>
       <c r="BR45"/>
@@ -22060,51 +22139,53 @@
       </c>
       <c r="AK46" s="8">
         <v>223198.05648870009</v>
       </c>
       <c r="AL46" s="8">
         <v>224763.53750383004</v>
       </c>
       <c r="AM46" s="8">
         <v>226179.10740666004</v>
       </c>
       <c r="AN46" s="8">
         <v>226778.56051653999</v>
       </c>
       <c r="AO46" s="8">
         <v>227906.75007115002</v>
       </c>
       <c r="AP46" s="8">
         <v>228165.53926957998</v>
       </c>
       <c r="AQ46" s="8">
         <v>228972.31144288994</v>
       </c>
       <c r="AR46" s="8">
         <v>229300.2266193401</v>
       </c>
-      <c r="AS46"/>
+      <c r="AS46" s="8">
+        <v>229925.24548712984</v>
+      </c>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
       <c r="AY46"/>
       <c r="AZ46"/>
       <c r="BA46"/>
       <c r="BB46"/>
       <c r="BC46"/>
       <c r="BD46"/>
       <c r="BE46"/>
       <c r="BF46"/>
       <c r="BG46"/>
       <c r="BH46"/>
       <c r="BI46"/>
       <c r="BJ46"/>
       <c r="BK46"/>
       <c r="BL46"/>
       <c r="BM46"/>
       <c r="BN46"/>
       <c r="BO46"/>
       <c r="BP46"/>
       <c r="BQ46"/>
       <c r="BR46"/>
@@ -22342,51 +22423,53 @@
       </c>
       <c r="AK47" s="11">
         <v>326.54467863999997</v>
       </c>
       <c r="AL47" s="11">
         <v>319.84407652000004</v>
       </c>
       <c r="AM47" s="11">
         <v>302.43768007000006</v>
       </c>
       <c r="AN47" s="11">
         <v>276.23349089000004</v>
       </c>
       <c r="AO47" s="11">
         <v>265.66225953000003</v>
       </c>
       <c r="AP47" s="11">
         <v>252.08450113999999</v>
       </c>
       <c r="AQ47" s="11">
         <v>244.37740292000001</v>
       </c>
       <c r="AR47" s="11">
         <v>227.15668948000001</v>
       </c>
-      <c r="AS47"/>
+      <c r="AS47" s="11">
+        <v>221.44672845000002</v>
+      </c>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
       <c r="AY47"/>
       <c r="AZ47"/>
       <c r="BA47"/>
       <c r="BB47"/>
       <c r="BC47"/>
       <c r="BD47"/>
       <c r="BE47"/>
       <c r="BF47"/>
       <c r="BG47"/>
       <c r="BH47"/>
       <c r="BI47"/>
       <c r="BJ47"/>
       <c r="BK47"/>
       <c r="BL47"/>
       <c r="BM47"/>
       <c r="BN47"/>
       <c r="BO47"/>
       <c r="BP47"/>
       <c r="BQ47"/>
       <c r="BR47"/>
@@ -22624,51 +22707,53 @@
       </c>
       <c r="AK48" s="8">
         <v>186.18256653999998</v>
       </c>
       <c r="AL48" s="8">
         <v>182.64665857000003</v>
       </c>
       <c r="AM48" s="8">
         <v>170.61212628000001</v>
       </c>
       <c r="AN48" s="8">
         <v>149.27108250000003</v>
       </c>
       <c r="AO48" s="8">
         <v>142.59483847999999</v>
       </c>
       <c r="AP48" s="8">
         <v>137.83009078999999</v>
       </c>
       <c r="AQ48" s="8">
         <v>133.28589556</v>
       </c>
       <c r="AR48" s="8">
         <v>119.584915</v>
       </c>
-      <c r="AS48"/>
+      <c r="AS48" s="8">
+        <v>114.21676820000002</v>
+      </c>
       <c r="AT48"/>
       <c r="AU48"/>
       <c r="AV48"/>
       <c r="AW48"/>
       <c r="AX48"/>
       <c r="AY48"/>
       <c r="AZ48"/>
       <c r="BA48"/>
       <c r="BB48"/>
       <c r="BC48"/>
       <c r="BD48"/>
       <c r="BE48"/>
       <c r="BF48"/>
       <c r="BG48"/>
       <c r="BH48"/>
       <c r="BI48"/>
       <c r="BJ48"/>
       <c r="BK48"/>
       <c r="BL48"/>
       <c r="BM48"/>
       <c r="BN48"/>
       <c r="BO48"/>
       <c r="BP48"/>
       <c r="BQ48"/>
       <c r="BR48"/>
@@ -22906,51 +22991,53 @@
       </c>
       <c r="AK49" s="11">
         <v>140.36211209999999</v>
       </c>
       <c r="AL49" s="11">
         <v>137.19741794999999</v>
       </c>
       <c r="AM49" s="11">
         <v>131.82555379000001</v>
       </c>
       <c r="AN49" s="11">
         <v>126.96240839000001</v>
       </c>
       <c r="AO49" s="11">
         <v>123.06742105000001</v>
       </c>
       <c r="AP49" s="11">
         <v>114.25441035000001</v>
       </c>
       <c r="AQ49" s="11">
         <v>111.09150736000001</v>
       </c>
       <c r="AR49" s="11">
         <v>107.57177448</v>
       </c>
-      <c r="AS49"/>
+      <c r="AS49" s="11">
+        <v>107.22996025</v>
+      </c>
       <c r="AT49"/>
       <c r="AU49"/>
       <c r="AV49"/>
       <c r="AW49"/>
       <c r="AX49"/>
       <c r="AY49"/>
       <c r="AZ49"/>
       <c r="BA49"/>
       <c r="BB49"/>
       <c r="BC49"/>
       <c r="BD49"/>
       <c r="BE49"/>
       <c r="BF49"/>
       <c r="BG49"/>
       <c r="BH49"/>
       <c r="BI49"/>
       <c r="BJ49"/>
       <c r="BK49"/>
       <c r="BL49"/>
       <c r="BM49"/>
       <c r="BN49"/>
       <c r="BO49"/>
       <c r="BP49"/>
       <c r="BQ49"/>
       <c r="BR49"/>
@@ -23188,51 +23275,53 @@
       </c>
       <c r="AK50" s="8">
         <v>0</v>
       </c>
       <c r="AL50" s="8">
         <v>0</v>
       </c>
       <c r="AM50" s="8">
         <v>0</v>
       </c>
       <c r="AN50" s="8">
         <v>0</v>
       </c>
       <c r="AO50" s="8">
         <v>0</v>
       </c>
       <c r="AP50" s="8">
         <v>0</v>
       </c>
       <c r="AQ50" s="8">
         <v>0</v>
       </c>
       <c r="AR50" s="8">
         <v>0</v>
       </c>
-      <c r="AS50"/>
+      <c r="AS50" s="8">
+        <v>0</v>
+      </c>
       <c r="AT50"/>
       <c r="AU50"/>
       <c r="AV50"/>
       <c r="AW50"/>
       <c r="AX50"/>
       <c r="AY50"/>
       <c r="AZ50"/>
       <c r="BA50"/>
       <c r="BB50"/>
       <c r="BC50"/>
       <c r="BD50"/>
       <c r="BE50"/>
       <c r="BF50"/>
       <c r="BG50"/>
       <c r="BH50"/>
       <c r="BI50"/>
       <c r="BJ50"/>
       <c r="BK50"/>
       <c r="BL50"/>
       <c r="BM50"/>
       <c r="BN50"/>
       <c r="BO50"/>
       <c r="BP50"/>
       <c r="BQ50"/>
       <c r="BR50"/>
@@ -23470,51 +23559,53 @@
       </c>
       <c r="AK51" s="11">
         <v>4130.2310738300002</v>
       </c>
       <c r="AL51" s="11">
         <v>3986.6991256199999</v>
       </c>
       <c r="AM51" s="11">
         <v>3848.949523570001</v>
       </c>
       <c r="AN51" s="11">
         <v>3945.8085322600004</v>
       </c>
       <c r="AO51" s="11">
         <v>3817.3749778099991</v>
       </c>
       <c r="AP51" s="11">
         <v>3667.7981650999991</v>
       </c>
       <c r="AQ51" s="11">
         <v>3562.9896610700011</v>
       </c>
       <c r="AR51" s="11">
         <v>3489.6455566999998</v>
       </c>
-      <c r="AS51"/>
+      <c r="AS51" s="11">
+        <v>3412.2206240600008</v>
+      </c>
       <c r="AT51"/>
       <c r="AU51"/>
       <c r="AV51"/>
       <c r="AW51"/>
       <c r="AX51"/>
       <c r="AY51"/>
       <c r="AZ51"/>
       <c r="BA51"/>
       <c r="BB51"/>
       <c r="BC51"/>
       <c r="BD51"/>
       <c r="BE51"/>
       <c r="BF51"/>
       <c r="BG51"/>
       <c r="BH51"/>
       <c r="BI51"/>
       <c r="BJ51"/>
       <c r="BK51"/>
       <c r="BL51"/>
       <c r="BM51"/>
       <c r="BN51"/>
       <c r="BO51"/>
       <c r="BP51"/>
       <c r="BQ51"/>
       <c r="BR51"/>
@@ -23752,51 +23843,53 @@
       </c>
       <c r="AK52" s="8">
         <v>2608.3450689299998</v>
       </c>
       <c r="AL52" s="8">
         <v>2548.6152662899999</v>
       </c>
       <c r="AM52" s="8">
         <v>2471.0196203600003</v>
       </c>
       <c r="AN52" s="8">
         <v>2353.2150309799999</v>
       </c>
       <c r="AO52" s="8">
         <v>2263.8029342799996</v>
       </c>
       <c r="AP52" s="8">
         <v>2166.1015281099994</v>
       </c>
       <c r="AQ52" s="8">
         <v>2087.1686456600005</v>
       </c>
       <c r="AR52" s="8">
         <v>2020.1427394899997</v>
       </c>
-      <c r="AS52"/>
+      <c r="AS52" s="8">
+        <v>1949.0219482100003</v>
+      </c>
       <c r="AT52"/>
       <c r="AU52"/>
       <c r="AV52"/>
       <c r="AW52"/>
       <c r="AX52"/>
       <c r="AY52"/>
       <c r="AZ52"/>
       <c r="BA52"/>
       <c r="BB52"/>
       <c r="BC52"/>
       <c r="BD52"/>
       <c r="BE52"/>
       <c r="BF52"/>
       <c r="BG52"/>
       <c r="BH52"/>
       <c r="BI52"/>
       <c r="BJ52"/>
       <c r="BK52"/>
       <c r="BL52"/>
       <c r="BM52"/>
       <c r="BN52"/>
       <c r="BO52"/>
       <c r="BP52"/>
       <c r="BQ52"/>
       <c r="BR52"/>
@@ -24034,51 +24127,53 @@
       </c>
       <c r="AK53" s="11">
         <v>1355.6713789700002</v>
       </c>
       <c r="AL53" s="11">
         <v>1277.38499671</v>
       </c>
       <c r="AM53" s="11">
         <v>1222.4389418800004</v>
       </c>
       <c r="AN53" s="11">
         <v>1430.5630134000003</v>
       </c>
       <c r="AO53" s="11">
         <v>1394.8160724899997</v>
       </c>
       <c r="AP53" s="11">
         <v>1348.73220216</v>
       </c>
       <c r="AQ53" s="11">
         <v>1328.4026468100005</v>
       </c>
       <c r="AR53" s="11">
         <v>1324.4231197700001</v>
       </c>
-      <c r="AS53"/>
+      <c r="AS53" s="11">
+        <v>1320.9194093500003</v>
+      </c>
       <c r="AT53"/>
       <c r="AU53"/>
       <c r="AV53"/>
       <c r="AW53"/>
       <c r="AX53"/>
       <c r="AY53"/>
       <c r="AZ53"/>
       <c r="BA53"/>
       <c r="BB53"/>
       <c r="BC53"/>
       <c r="BD53"/>
       <c r="BE53"/>
       <c r="BF53"/>
       <c r="BG53"/>
       <c r="BH53"/>
       <c r="BI53"/>
       <c r="BJ53"/>
       <c r="BK53"/>
       <c r="BL53"/>
       <c r="BM53"/>
       <c r="BN53"/>
       <c r="BO53"/>
       <c r="BP53"/>
       <c r="BQ53"/>
       <c r="BR53"/>
@@ -24316,51 +24411,53 @@
       </c>
       <c r="AK54" s="8">
         <v>166.21462592999998</v>
       </c>
       <c r="AL54" s="8">
         <v>160.69886261999997</v>
       </c>
       <c r="AM54" s="8">
         <v>155.49096133</v>
       </c>
       <c r="AN54" s="8">
         <v>162.03048788000007</v>
       </c>
       <c r="AO54" s="8">
         <v>158.75597103999999</v>
       </c>
       <c r="AP54" s="8">
         <v>152.96443483000002</v>
       </c>
       <c r="AQ54" s="8">
         <v>147.41836860000001</v>
       </c>
       <c r="AR54" s="8">
         <v>145.07969743999996</v>
       </c>
-      <c r="AS54"/>
+      <c r="AS54" s="8">
+        <v>142.27926649999998</v>
+      </c>
       <c r="AT54"/>
       <c r="AU54"/>
       <c r="AV54"/>
       <c r="AW54"/>
       <c r="AX54"/>
       <c r="AY54"/>
       <c r="AZ54"/>
       <c r="BA54"/>
       <c r="BB54"/>
       <c r="BC54"/>
       <c r="BD54"/>
       <c r="BE54"/>
       <c r="BF54"/>
       <c r="BG54"/>
       <c r="BH54"/>
       <c r="BI54"/>
       <c r="BJ54"/>
       <c r="BK54"/>
       <c r="BL54"/>
       <c r="BM54"/>
       <c r="BN54"/>
       <c r="BO54"/>
       <c r="BP54"/>
       <c r="BQ54"/>
       <c r="BR54"/>
@@ -24598,51 +24695,53 @@
       </c>
       <c r="AK55" s="11">
         <v>4929.3838717199988</v>
       </c>
       <c r="AL55" s="11">
         <v>4801.0007316800011</v>
       </c>
       <c r="AM55" s="11">
         <v>4987.1670575200005</v>
       </c>
       <c r="AN55" s="11">
         <v>4628.5070004499994</v>
       </c>
       <c r="AO55" s="11">
         <v>4434.367036290002</v>
       </c>
       <c r="AP55" s="11">
         <v>4238.0074829200003</v>
       </c>
       <c r="AQ55" s="11">
         <v>4065.9258246499994</v>
       </c>
       <c r="AR55" s="11">
         <v>3941.3510017400004</v>
       </c>
-      <c r="AS55"/>
+      <c r="AS55" s="11">
+        <v>3838.9497192699996</v>
+      </c>
       <c r="AT55"/>
       <c r="AU55"/>
       <c r="AV55"/>
       <c r="AW55"/>
       <c r="AX55"/>
       <c r="AY55"/>
       <c r="AZ55"/>
       <c r="BA55"/>
       <c r="BB55"/>
       <c r="BC55"/>
       <c r="BD55"/>
       <c r="BE55"/>
       <c r="BF55"/>
       <c r="BG55"/>
       <c r="BH55"/>
       <c r="BI55"/>
       <c r="BJ55"/>
       <c r="BK55"/>
       <c r="BL55"/>
       <c r="BM55"/>
       <c r="BN55"/>
       <c r="BO55"/>
       <c r="BP55"/>
       <c r="BQ55"/>
       <c r="BR55"/>
@@ -24880,51 +24979,53 @@
       </c>
       <c r="AK56" s="8">
         <v>279.74909477000011</v>
       </c>
       <c r="AL56" s="8">
         <v>273.98963158999999</v>
       </c>
       <c r="AM56" s="8">
         <v>271.50798084000002</v>
       </c>
       <c r="AN56" s="8">
         <v>258.18116361000006</v>
       </c>
       <c r="AO56" s="8">
         <v>248.50353777000004</v>
       </c>
       <c r="AP56" s="8">
         <v>243.68608265999998</v>
       </c>
       <c r="AQ56" s="8">
         <v>236.29979900000004</v>
       </c>
       <c r="AR56" s="8">
         <v>225.73940445000011</v>
       </c>
-      <c r="AS56"/>
+      <c r="AS56" s="8">
+        <v>219.66660336000004</v>
+      </c>
       <c r="AT56"/>
       <c r="AU56"/>
       <c r="AV56"/>
       <c r="AW56"/>
       <c r="AX56"/>
       <c r="AY56"/>
       <c r="AZ56"/>
       <c r="BA56"/>
       <c r="BB56"/>
       <c r="BC56"/>
       <c r="BD56"/>
       <c r="BE56"/>
       <c r="BF56"/>
       <c r="BG56"/>
       <c r="BH56"/>
       <c r="BI56"/>
       <c r="BJ56"/>
       <c r="BK56"/>
       <c r="BL56"/>
       <c r="BM56"/>
       <c r="BN56"/>
       <c r="BO56"/>
       <c r="BP56"/>
       <c r="BQ56"/>
       <c r="BR56"/>
@@ -25162,51 +25263,53 @@
       </c>
       <c r="AK57" s="11">
         <v>757554.71904020989</v>
       </c>
       <c r="AL57" s="11">
         <v>743336.17903837026</v>
       </c>
       <c r="AM57" s="11">
         <v>741555.83827365004</v>
       </c>
       <c r="AN57" s="11">
         <v>736849.30579271005</v>
       </c>
       <c r="AO57" s="11">
         <v>738842.92610940011</v>
       </c>
       <c r="AP57" s="11">
         <v>720623.21252185013</v>
       </c>
       <c r="AQ57" s="11">
         <v>726221.65886352002</v>
       </c>
       <c r="AR57" s="11">
         <v>729989.34302640997</v>
       </c>
-      <c r="AS57"/>
+      <c r="AS57" s="11">
+        <v>730606.9499655501</v>
+      </c>
       <c r="AT57"/>
       <c r="AU57"/>
       <c r="AV57"/>
       <c r="AW57"/>
       <c r="AX57"/>
       <c r="AY57"/>
       <c r="AZ57"/>
       <c r="BA57"/>
       <c r="BB57"/>
       <c r="BC57"/>
       <c r="BD57"/>
       <c r="BE57"/>
       <c r="BF57"/>
       <c r="BG57"/>
       <c r="BH57"/>
       <c r="BI57"/>
       <c r="BJ57"/>
       <c r="BK57"/>
       <c r="BL57"/>
       <c r="BM57"/>
       <c r="BN57"/>
       <c r="BO57"/>
       <c r="BP57"/>
       <c r="BQ57"/>
       <c r="BR57"/>
@@ -25444,51 +25547,53 @@
       </c>
       <c r="AK58" s="8">
         <v>200003.66986813</v>
       </c>
       <c r="AL58" s="8">
         <v>202283.94778778005</v>
       </c>
       <c r="AM58" s="8">
         <v>204499.42034099999</v>
       </c>
       <c r="AN58" s="8">
         <v>207291.62378056996</v>
       </c>
       <c r="AO58" s="8">
         <v>209487.82426703998</v>
       </c>
       <c r="AP58" s="8">
         <v>208342.21119341001</v>
       </c>
       <c r="AQ58" s="8">
         <v>210572.00512442994</v>
       </c>
       <c r="AR58" s="8">
         <v>214341.02695227994</v>
       </c>
-      <c r="AS58"/>
+      <c r="AS58" s="8">
+        <v>219957.32913565001</v>
+      </c>
       <c r="AT58"/>
       <c r="AU58"/>
       <c r="AV58"/>
       <c r="AW58"/>
       <c r="AX58"/>
       <c r="AY58"/>
       <c r="AZ58"/>
       <c r="BA58"/>
       <c r="BB58"/>
       <c r="BC58"/>
       <c r="BD58"/>
       <c r="BE58"/>
       <c r="BF58"/>
       <c r="BG58"/>
       <c r="BH58"/>
       <c r="BI58"/>
       <c r="BJ58"/>
       <c r="BK58"/>
       <c r="BL58"/>
       <c r="BM58"/>
       <c r="BN58"/>
       <c r="BO58"/>
       <c r="BP58"/>
       <c r="BQ58"/>
       <c r="BR58"/>
@@ -25726,51 +25831,53 @@
       </c>
       <c r="AK59" s="11">
         <v>0</v>
       </c>
       <c r="AL59" s="11">
         <v>0</v>
       </c>
       <c r="AM59" s="11">
         <v>0</v>
       </c>
       <c r="AN59" s="11">
         <v>5.0336230000000003E-2</v>
       </c>
       <c r="AO59" s="11">
         <v>4.8383080000000002E-2</v>
       </c>
       <c r="AP59" s="11">
         <v>4.6385969999999999E-2</v>
       </c>
       <c r="AQ59" s="11">
         <v>4.4398269999999997E-2</v>
       </c>
       <c r="AR59" s="11">
         <v>4.238389E-2</v>
       </c>
-      <c r="AS59"/>
+      <c r="AS59" s="11">
+        <v>4.0347589999999996E-2</v>
+      </c>
       <c r="AT59"/>
       <c r="AU59"/>
       <c r="AV59"/>
       <c r="AW59"/>
       <c r="AX59"/>
       <c r="AY59"/>
       <c r="AZ59"/>
       <c r="BA59"/>
       <c r="BB59"/>
       <c r="BC59"/>
       <c r="BD59"/>
       <c r="BE59"/>
       <c r="BF59"/>
       <c r="BG59"/>
       <c r="BH59"/>
       <c r="BI59"/>
       <c r="BJ59"/>
       <c r="BK59"/>
       <c r="BL59"/>
       <c r="BM59"/>
       <c r="BN59"/>
       <c r="BO59"/>
       <c r="BP59"/>
       <c r="BQ59"/>
       <c r="BR59"/>
@@ -26008,51 +26115,53 @@
       </c>
       <c r="AK60" s="8">
         <v>136349.43013937003</v>
       </c>
       <c r="AL60" s="8">
         <v>131724.50281086002</v>
       </c>
       <c r="AM60" s="8">
         <v>136086.74926555002</v>
       </c>
       <c r="AN60" s="8">
         <v>136337.62871326</v>
       </c>
       <c r="AO60" s="8">
         <v>143887.81712720005</v>
       </c>
       <c r="AP60" s="8">
         <v>135884.40258518001</v>
       </c>
       <c r="AQ60" s="8">
         <v>142849.45057038998</v>
       </c>
       <c r="AR60" s="8">
         <v>144598.77063717999</v>
       </c>
-      <c r="AS60"/>
+      <c r="AS60" s="8">
+        <v>145777.84985127003</v>
+      </c>
       <c r="AT60"/>
       <c r="AU60"/>
       <c r="AV60"/>
       <c r="AW60"/>
       <c r="AX60"/>
       <c r="AY60"/>
       <c r="AZ60"/>
       <c r="BA60"/>
       <c r="BB60"/>
       <c r="BC60"/>
       <c r="BD60"/>
       <c r="BE60"/>
       <c r="BF60"/>
       <c r="BG60"/>
       <c r="BH60"/>
       <c r="BI60"/>
       <c r="BJ60"/>
       <c r="BK60"/>
       <c r="BL60"/>
       <c r="BM60"/>
       <c r="BN60"/>
       <c r="BO60"/>
       <c r="BP60"/>
       <c r="BQ60"/>
       <c r="BR60"/>
@@ -26290,51 +26399,53 @@
       </c>
       <c r="AK61" s="11">
         <v>421201.6190327098</v>
       </c>
       <c r="AL61" s="11">
         <v>409327.72843973013</v>
       </c>
       <c r="AM61" s="11">
         <v>400969.66866710002</v>
       </c>
       <c r="AN61" s="11">
         <v>393220.00296265009</v>
       </c>
       <c r="AO61" s="11">
         <v>385467.23633208015</v>
       </c>
       <c r="AP61" s="11">
         <v>376396.55235729006</v>
       </c>
       <c r="AQ61" s="11">
         <v>372800.15877043008</v>
       </c>
       <c r="AR61" s="11">
         <v>371049.50305306003</v>
       </c>
-      <c r="AS61"/>
+      <c r="AS61" s="11">
+        <v>364871.73063104006</v>
+      </c>
       <c r="AT61"/>
       <c r="AU61"/>
       <c r="AV61"/>
       <c r="AW61"/>
       <c r="AX61"/>
       <c r="AY61"/>
       <c r="AZ61"/>
       <c r="BA61"/>
       <c r="BB61"/>
       <c r="BC61"/>
       <c r="BD61"/>
       <c r="BE61"/>
       <c r="BF61"/>
       <c r="BG61"/>
       <c r="BH61"/>
       <c r="BI61"/>
       <c r="BJ61"/>
       <c r="BK61"/>
       <c r="BL61"/>
       <c r="BM61"/>
       <c r="BN61"/>
       <c r="BO61"/>
       <c r="BP61"/>
       <c r="BQ61"/>
       <c r="BR61"/>
@@ -26570,53 +26681,55 @@
       <c r="AJ62" s="21">
         <v>6578939.5940432213</v>
       </c>
       <c r="AK62" s="21">
         <v>6843988.1258999519</v>
       </c>
       <c r="AL62" s="21">
         <v>6850719.3680800721</v>
       </c>
       <c r="AM62" s="21">
         <v>6851088.9666203866</v>
       </c>
       <c r="AN62" s="21">
         <v>6849764.1198881902</v>
       </c>
       <c r="AO62" s="21">
         <v>7106148.9120876305</v>
       </c>
       <c r="AP62" s="21">
         <v>7231117.7641454991</v>
       </c>
       <c r="AQ62" s="21">
         <v>7137434.7501069503</v>
       </c>
       <c r="AR62" s="21">
-        <v>7070908.8634535214</v>
-[...1 lines deleted...]
-      <c r="AS62"/>
+        <v>7070764.9131665211</v>
+      </c>
+      <c r="AS62" s="21">
+        <v>7356920.1440234799</v>
+      </c>
       <c r="AT62"/>
       <c r="AU62"/>
       <c r="AV62"/>
       <c r="AW62"/>
       <c r="AX62"/>
       <c r="AY62"/>
       <c r="AZ62"/>
       <c r="BA62"/>
       <c r="BB62"/>
       <c r="BC62"/>
       <c r="BD62"/>
       <c r="BE62"/>
       <c r="BF62"/>
       <c r="BG62"/>
       <c r="BH62"/>
       <c r="BI62"/>
       <c r="BJ62"/>
       <c r="BK62"/>
       <c r="BL62"/>
       <c r="BM62"/>
       <c r="BN62"/>
       <c r="BO62"/>
       <c r="BP62"/>
       <c r="BQ62"/>
       <c r="BR62"/>
@@ -26766,174 +26879,177 @@
       <c r="T63" s="39"/>
       <c r="U63" s="39"/>
       <c r="V63" s="39"/>
       <c r="W63" s="39"/>
       <c r="X63" s="39"/>
       <c r="Y63" s="39"/>
       <c r="Z63" s="39"/>
       <c r="AA63" s="39"/>
       <c r="AB63" s="39"/>
       <c r="AC63" s="39"/>
       <c r="AD63" s="39"/>
       <c r="AE63" s="39"/>
       <c r="AF63" s="39"/>
       <c r="AG63" s="39"/>
       <c r="AH63" s="39"/>
       <c r="AI63" s="39"/>
       <c r="AJ63" s="39"/>
       <c r="AK63" s="39"/>
       <c r="AL63" s="39"/>
       <c r="AM63" s="39"/>
       <c r="AN63" s="39"/>
       <c r="AO63" s="39"/>
       <c r="AP63" s="39"/>
       <c r="AQ63" s="39"/>
       <c r="AR63" s="39"/>
+      <c r="AS63" s="39"/>
       <c r="GK63" s="3"/>
     </row>
     <row r="64" spans="1:193" ht="18.75">
       <c r="A64" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
       <c r="O64"/>
       <c r="P64"/>
       <c r="Q64"/>
       <c r="R64"/>
       <c r="S64"/>
       <c r="T64"/>
       <c r="U64"/>
       <c r="V64"/>
       <c r="W64"/>
       <c r="X64"/>
       <c r="Y64"/>
       <c r="Z64"/>
       <c r="AA64"/>
       <c r="AB64"/>
       <c r="AC64"/>
       <c r="AD64"/>
       <c r="AE64"/>
       <c r="AF64"/>
       <c r="AG64"/>
       <c r="AH64"/>
       <c r="AI64"/>
       <c r="AJ64"/>
       <c r="AK64"/>
       <c r="AL64"/>
       <c r="AM64"/>
       <c r="AN64"/>
       <c r="AO64"/>
       <c r="AP64"/>
       <c r="AQ64"/>
       <c r="AR64"/>
+      <c r="AS64"/>
     </row>
-    <row r="65" spans="1:44" ht="18.75">
+    <row r="65" spans="1:45" ht="18.75">
       <c r="A65" s="40" t="s">
         <v>161</v>
       </c>
       <c r="B65" s="41"/>
       <c r="C65" s="41"/>
       <c r="D65" s="41"/>
       <c r="E65" s="41"/>
       <c r="F65" s="41"/>
       <c r="G65" s="41"/>
       <c r="H65" s="41"/>
       <c r="I65" s="41"/>
       <c r="J65" s="41"/>
       <c r="K65" s="41"/>
       <c r="L65" s="41"/>
       <c r="M65" s="41"/>
       <c r="N65" s="41"/>
       <c r="O65" s="41"/>
       <c r="P65"/>
       <c r="Q65"/>
       <c r="R65"/>
       <c r="S65"/>
       <c r="T65"/>
       <c r="U65"/>
       <c r="V65"/>
       <c r="W65"/>
       <c r="X65"/>
       <c r="Y65"/>
       <c r="Z65"/>
       <c r="AA65"/>
       <c r="AB65"/>
       <c r="AC65"/>
       <c r="AD65"/>
       <c r="AE65"/>
       <c r="AF65"/>
       <c r="AG65"/>
       <c r="AH65"/>
       <c r="AI65"/>
       <c r="AJ65"/>
       <c r="AK65"/>
       <c r="AL65"/>
       <c r="AM65"/>
       <c r="AN65"/>
       <c r="AO65"/>
       <c r="AP65"/>
       <c r="AQ65"/>
       <c r="AR65"/>
+      <c r="AS65"/>
     </row>
-    <row r="66" spans="1:44" ht="18.75">
+    <row r="66" spans="1:45" ht="18.75">
       <c r="A66" s="44" t="s">
         <v>163</v>
       </c>
       <c r="B66" s="45"/>
       <c r="C66" s="45"/>
       <c r="D66" s="45"/>
       <c r="E66" s="45"/>
       <c r="F66" s="45"/>
       <c r="G66" s="45"/>
       <c r="H66" s="45"/>
       <c r="I66" s="45"/>
       <c r="J66" s="45"/>
       <c r="K66" s="45"/>
       <c r="L66" s="45"/>
       <c r="M66" s="45"/>
       <c r="N66" s="45"/>
       <c r="O66" s="45"/>
     </row>
-    <row r="68" spans="1:44" customFormat="1" ht="15"/>
-[...5 lines deleted...]
-    <row r="74" spans="1:44" customFormat="1" ht="15"/>
+    <row r="68" spans="1:45" customFormat="1" ht="15"/>
+    <row r="69" spans="1:45" customFormat="1" ht="15"/>
+    <row r="70" spans="1:45" customFormat="1" ht="15"/>
+    <row r="71" spans="1:45" customFormat="1" ht="15"/>
+    <row r="72" spans="1:45" customFormat="1" ht="15"/>
+    <row r="73" spans="1:45" customFormat="1" ht="15"/>
+    <row r="74" spans="1:45" customFormat="1" ht="15"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A66:O66"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="92" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="34" max="32" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{666B8DD1-481D-4E95-B1C1-49F047380950}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>