--- v1 (2025-12-22)
+++ v2 (2026-03-28)
@@ -2,87 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D201  เงินรับฝากของสถาบันการเงินเฉพาะกิจ จำแนกตามประเภทผู้ฝาก และประเภทบัญชีเงินฝาก\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{941449AD-43FC-4CA4-9FCA-E75C0AB68861}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{542EA6E8-85D5-4EB6-B3F5-E00433131565}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{2D68B327-2D36-401D-AC69-0D484620D310}"/>
+    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{2D68B327-2D36-401D-AC69-0D484620D310}"/>
   </bookViews>
   <sheets>
     <sheet name="รายงาน" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">รายงาน!$A$1:$CS$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="72">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>กองนโยบายระบบการเงินและสถาบันการเงิน สำนักงานเศรษฐกิจการคลัง โทร 0 2273 9020 ต่อ 3286</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>รวม</t>
   </si>
   <si>
     <t>รวมเงินรับฝาก</t>
   </si>
   <si>
     <t>จ่ายคืนเมื่อทวงถาม</t>
   </si>
   <si>
     <t>ออมทรัพย์</t>
   </si>
   <si>
     <t>ประจำ</t>
   </si>
   <si>
@@ -247,54 +247,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด : ก.ย. 68</t>
+    <t>ก.ย. 68</t>
   </si>
   <si>
-    <t>ก.ย. 68</t>
+    <t>ปรับปรุงข้อมูลล่าสุด : ธ.ค. 68</t>
+  </si>
+  <si>
+    <t>ธ.ค. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="[$-107041E]\ mmm\ yy;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="222"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1030,53 +1033,53 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25A18E3C-13B1-46AF-9E3C-306C7A7CECE6}">
   <dimension ref="A4:FM45"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="topRight" activeCell="ED11" sqref="ED11:EG35"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="EE1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="EH11" sqref="EH11:EK35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="54.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" style="44" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.140625" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.42578125" style="3" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="17.140625" style="3" customWidth="1"/>
     <col min="8" max="10" width="14.5703125" style="3" customWidth="1"/>
     <col min="11" max="11" width="16.42578125" style="3" customWidth="1"/>
     <col min="12" max="14" width="14.5703125" style="3" customWidth="1"/>
     <col min="15" max="15" width="16.42578125" style="3" customWidth="1"/>
     <col min="16" max="18" width="14.5703125" style="3" customWidth="1"/>
     <col min="19" max="19" width="16.42578125" style="3" customWidth="1"/>
     <col min="20" max="22" width="14.5703125" style="3" customWidth="1"/>
     <col min="23" max="23" width="16.42578125" style="3" customWidth="1"/>
     <col min="24" max="26" width="14.5703125" style="3" customWidth="1"/>
     <col min="27" max="27" width="16.42578125" style="3" customWidth="1"/>
     <col min="28" max="30" width="14.5703125" style="3" customWidth="1"/>
     <col min="31" max="31" width="16.42578125" style="3" customWidth="1"/>
     <col min="32" max="34" width="14.5703125" style="3" customWidth="1"/>
     <col min="35" max="35" width="16.42578125" style="3" customWidth="1"/>
@@ -1115,76 +1118,78 @@
     <col min="97" max="97" width="18.140625" style="42" customWidth="1"/>
     <col min="98" max="98" width="17.85546875" style="3" customWidth="1"/>
     <col min="99" max="99" width="16.42578125" style="3" customWidth="1"/>
     <col min="100" max="100" width="14.5703125" style="3" customWidth="1"/>
     <col min="101" max="101" width="21.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="102" max="102" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="103" max="103" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="104" max="106" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="107" max="107" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="108" max="110" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="111" max="111" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="112" max="114" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="115" max="115" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="116" max="118" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="119" max="119" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="120" max="122" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="123" max="123" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="124" max="126" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="127" max="127" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="128" max="130" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="131" max="131" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="132" max="134" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="135" max="135" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
     <col min="136" max="138" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
     <col min="139" max="139" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
-    <col min="140" max="141" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
-    <col min="142" max="169" width="10" style="42" bestFit="1" customWidth="1"/>
+    <col min="140" max="142" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
+    <col min="143" max="143" width="16.7109375" style="42" bestFit="1" customWidth="1"/>
+    <col min="144" max="145" width="14.5703125" style="42" bestFit="1" customWidth="1"/>
+    <col min="146" max="169" width="10" style="42" bestFit="1" customWidth="1"/>
     <col min="170" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:141" ht="21">
+    <row r="4" spans="1:145" ht="21">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:141" ht="21">
+    <row r="5" spans="1:145" ht="21">
       <c r="A5" s="2" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="6" spans="1:141" ht="21">
+    <row r="6" spans="1:145" ht="21">
       <c r="A6" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
-    <row r="7" spans="1:141" ht="21">
+    <row r="7" spans="1:145" ht="21">
       <c r="A7" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:141" ht="21">
+    <row r="8" spans="1:145" ht="21">
       <c r="A8" s="2"/>
       <c r="B8" s="45"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="8"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
@@ -1239,51 +1244,51 @@
       <c r="BV8" s="8"/>
       <c r="BW8" s="8"/>
       <c r="BX8" s="8"/>
       <c r="BY8" s="8"/>
       <c r="BZ8" s="8"/>
       <c r="CA8" s="8"/>
       <c r="CB8" s="8"/>
       <c r="CC8" s="8"/>
       <c r="CD8" s="8"/>
       <c r="CE8" s="8"/>
       <c r="CF8" s="8"/>
       <c r="CG8" s="8"/>
       <c r="CH8" s="8"/>
       <c r="CI8" s="8"/>
       <c r="CJ8" s="8"/>
       <c r="CK8" s="8"/>
       <c r="CL8" s="8"/>
       <c r="CM8" s="8"/>
       <c r="CN8" s="57"/>
       <c r="CO8" s="57"/>
       <c r="CT8" s="8"/>
       <c r="CU8" s="8"/>
       <c r="CV8" s="8"/>
       <c r="CW8" s="8"/>
     </row>
-    <row r="9" spans="1:141" s="9" customFormat="1" ht="21">
+    <row r="9" spans="1:145" s="9" customFormat="1" ht="21">
       <c r="B9" s="58" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="56"/>
       <c r="D9" s="56"/>
       <c r="E9" s="56"/>
       <c r="F9" s="58" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="56"/>
       <c r="H9" s="56"/>
       <c r="I9" s="56"/>
       <c r="J9" s="58" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="56"/>
       <c r="L9" s="56"/>
       <c r="M9" s="56"/>
       <c r="N9" s="58" t="s">
         <v>34</v>
       </c>
       <c r="O9" s="56"/>
       <c r="P9" s="56"/>
       <c r="Q9" s="56"/>
       <c r="R9" s="58" t="s">
@@ -1445,57 +1450,63 @@
       <c r="DR9" s="55" t="s">
         <v>65</v>
       </c>
       <c r="DS9" s="56"/>
       <c r="DT9" s="56"/>
       <c r="DU9" s="56"/>
       <c r="DV9" s="55" t="s">
         <v>66</v>
       </c>
       <c r="DW9" s="56"/>
       <c r="DX9" s="56"/>
       <c r="DY9" s="56"/>
       <c r="DZ9" s="55" t="s">
         <v>67</v>
       </c>
       <c r="EA9" s="56"/>
       <c r="EB9" s="56"/>
       <c r="EC9" s="56"/>
       <c r="ED9" s="55" t="s">
         <v>68</v>
       </c>
       <c r="EE9" s="56"/>
       <c r="EF9" s="56"/>
       <c r="EG9" s="56"/>
       <c r="EH9" s="55" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="EI9" s="56"/>
       <c r="EJ9" s="56"/>
       <c r="EK9" s="56"/>
+      <c r="EL9" s="55" t="s">
+        <v>71</v>
+      </c>
+      <c r="EM9" s="56"/>
+      <c r="EN9" s="56"/>
+      <c r="EO9" s="56"/>
     </row>
-    <row r="10" spans="1:141" s="9" customFormat="1" ht="21">
+    <row r="10" spans="1:145" s="9" customFormat="1" ht="21">
       <c r="A10" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>7</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="I10" s="12" t="s">
@@ -1875,52 +1886,64 @@
       </c>
       <c r="ED10" s="11" t="s">
         <v>4</v>
       </c>
       <c r="EE10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="EF10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="EG10" s="41" t="s">
         <v>7</v>
       </c>
       <c r="EH10" s="11" t="s">
         <v>4</v>
       </c>
       <c r="EI10" s="12" t="s">
         <v>5</v>
       </c>
       <c r="EJ10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="EK10" s="41" t="s">
         <v>7</v>
       </c>
+      <c r="EL10" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="EM10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="EN10" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="EO10" s="41" t="s">
+        <v>7</v>
+      </c>
     </row>
-    <row r="11" spans="1:141" ht="21">
+    <row r="11" spans="1:145" ht="21">
       <c r="A11" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="46">
         <v>589520.89623173</v>
       </c>
       <c r="C11" s="14">
         <v>2752.0494381900003</v>
       </c>
       <c r="D11" s="14">
         <v>254480.00955349003</v>
       </c>
       <c r="E11" s="14">
         <v>332288.83724004991</v>
       </c>
       <c r="F11" s="13">
         <v>596307.63570776989</v>
       </c>
       <c r="G11" s="14">
         <v>2629.7557544600004</v>
       </c>
       <c r="H11" s="14">
         <v>244979.04074338998</v>
       </c>
       <c r="I11" s="14">
@@ -2300,52 +2323,64 @@
       </c>
       <c r="ED11" s="15">
         <v>875415.24825887021</v>
       </c>
       <c r="EE11" s="16">
         <v>2175.8484969400001</v>
       </c>
       <c r="EF11" s="16">
         <v>275658.73285049998</v>
       </c>
       <c r="EG11" s="16">
         <v>597580.66691143019</v>
       </c>
       <c r="EH11" s="15">
         <v>853897.98354396003</v>
       </c>
       <c r="EI11" s="16">
         <v>2273.85223395</v>
       </c>
       <c r="EJ11" s="16">
         <v>250771.42580472998</v>
       </c>
       <c r="EK11" s="16">
         <v>600852.70550528006</v>
       </c>
+      <c r="EL11" s="15">
+        <v>869150.62075943011</v>
+      </c>
+      <c r="EM11" s="16">
+        <v>2213.3983100599999</v>
+      </c>
+      <c r="EN11" s="16">
+        <v>273218.02116083994</v>
+      </c>
+      <c r="EO11" s="16">
+        <v>593719.20128853014</v>
+      </c>
     </row>
-    <row r="12" spans="1:141" ht="21">
+    <row r="12" spans="1:145" ht="21">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="47">
         <v>383841.8727699701</v>
       </c>
       <c r="C12" s="18">
         <v>10.94861517</v>
       </c>
       <c r="D12" s="18">
         <v>44134.412700349996</v>
       </c>
       <c r="E12" s="18">
         <v>339696.51145445008</v>
       </c>
       <c r="F12" s="17">
         <v>427022.98974862008</v>
       </c>
       <c r="G12" s="18">
         <v>14.077411380000001</v>
       </c>
       <c r="H12" s="18">
         <v>47259.91000846</v>
       </c>
       <c r="I12" s="18">
@@ -2725,52 +2760,64 @@
       </c>
       <c r="ED12" s="19">
         <v>351470.98810183007</v>
       </c>
       <c r="EE12" s="20">
         <v>31.53272591</v>
       </c>
       <c r="EF12" s="20">
         <v>82035.842506420013</v>
       </c>
       <c r="EG12" s="20">
         <v>269403.61286950001</v>
       </c>
       <c r="EH12" s="19">
         <v>365473.46738234005</v>
       </c>
       <c r="EI12" s="20">
         <v>20.310042399999997</v>
       </c>
       <c r="EJ12" s="20">
         <v>89188.295281790008</v>
       </c>
       <c r="EK12" s="20">
         <v>276264.86205815</v>
       </c>
+      <c r="EL12" s="19">
+        <v>394458.96957641991</v>
+      </c>
+      <c r="EM12" s="20">
+        <v>24.324536209999998</v>
+      </c>
+      <c r="EN12" s="20">
+        <v>105196.88218082</v>
+      </c>
+      <c r="EO12" s="20">
+        <v>289237.76285938994</v>
+      </c>
     </row>
-    <row r="13" spans="1:141" ht="21">
+    <row r="13" spans="1:145" ht="21">
       <c r="A13" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="46">
         <v>239550.75957950004</v>
       </c>
       <c r="C13" s="14">
         <v>16.755309459999999</v>
       </c>
       <c r="D13" s="14">
         <v>35495.665476269998</v>
       </c>
       <c r="E13" s="14">
         <v>204038.33879377003</v>
       </c>
       <c r="F13" s="13">
         <v>262247.54296304</v>
       </c>
       <c r="G13" s="14">
         <v>17.79152122</v>
       </c>
       <c r="H13" s="14">
         <v>33610.603211289999</v>
       </c>
       <c r="I13" s="14">
@@ -3150,52 +3197,64 @@
       </c>
       <c r="ED13" s="15">
         <v>204515.71938377997</v>
       </c>
       <c r="EE13" s="16">
         <v>5.0856889699999996</v>
       </c>
       <c r="EF13" s="16">
         <v>15719.488506919999</v>
       </c>
       <c r="EG13" s="16">
         <v>188791.14518788995</v>
       </c>
       <c r="EH13" s="15">
         <v>207874.38470532003</v>
       </c>
       <c r="EI13" s="16">
         <v>6.0972143499999998</v>
       </c>
       <c r="EJ13" s="16">
         <v>15868.450118099996</v>
       </c>
       <c r="EK13" s="16">
         <v>191999.83737287004</v>
       </c>
+      <c r="EL13" s="15">
+        <v>213541.24037450002</v>
+      </c>
+      <c r="EM13" s="16">
+        <v>1.47295563</v>
+      </c>
+      <c r="EN13" s="16">
+        <v>18197.670042750004</v>
+      </c>
+      <c r="EO13" s="16">
+        <v>195342.09737612001</v>
+      </c>
     </row>
-    <row r="14" spans="1:141" ht="21">
+    <row r="14" spans="1:145" ht="21">
       <c r="A14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="47">
         <v>175459.09832258002</v>
       </c>
       <c r="C14" s="18">
         <v>2850.0744020600005</v>
       </c>
       <c r="D14" s="18">
         <v>45914.825251559996</v>
       </c>
       <c r="E14" s="18">
         <v>126694.19866896002</v>
       </c>
       <c r="F14" s="17">
         <v>139650.70993414</v>
       </c>
       <c r="G14" s="18">
         <v>2979.4686700499988</v>
       </c>
       <c r="H14" s="18">
         <v>35281.408698370011</v>
       </c>
       <c r="I14" s="18">
@@ -3575,52 +3634,64 @@
       </c>
       <c r="ED14" s="19">
         <v>285321.83286296</v>
       </c>
       <c r="EE14" s="20">
         <v>6645.6805609699995</v>
       </c>
       <c r="EF14" s="20">
         <v>69752.909745719997</v>
       </c>
       <c r="EG14" s="20">
         <v>208923.24255626998</v>
       </c>
       <c r="EH14" s="19">
         <v>283434.25132636999</v>
       </c>
       <c r="EI14" s="20">
         <v>4181.8037713200001</v>
       </c>
       <c r="EJ14" s="20">
         <v>68122.236553639988</v>
       </c>
       <c r="EK14" s="20">
         <v>211130.21100141</v>
       </c>
+      <c r="EL14" s="19">
+        <v>311653.33968542004</v>
+      </c>
+      <c r="EM14" s="20">
+        <v>5225.821651610001</v>
+      </c>
+      <c r="EN14" s="20">
+        <v>72507.513799720007</v>
+      </c>
+      <c r="EO14" s="20">
+        <v>233920.00423408995</v>
+      </c>
     </row>
-    <row r="15" spans="1:141" ht="21">
+    <row r="15" spans="1:145" ht="21">
       <c r="A15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="46">
         <v>88491.751863969999</v>
       </c>
       <c r="C15" s="14">
         <v>141.63184584999999</v>
       </c>
       <c r="D15" s="14">
         <v>37299.080131749994</v>
       </c>
       <c r="E15" s="14">
         <v>51051.03988637001</v>
       </c>
       <c r="F15" s="13">
         <v>92556.797826290014</v>
       </c>
       <c r="G15" s="14">
         <v>167.14923153999999</v>
       </c>
       <c r="H15" s="14">
         <v>38221.906077359999</v>
       </c>
       <c r="I15" s="14">
@@ -4000,52 +4071,64 @@
       </c>
       <c r="ED15" s="15">
         <v>145299.09651564001</v>
       </c>
       <c r="EE15" s="16">
         <v>179.89683285999999</v>
       </c>
       <c r="EF15" s="16">
         <v>46324.863046330007</v>
       </c>
       <c r="EG15" s="16">
         <v>98794.336636450025</v>
       </c>
       <c r="EH15" s="15">
         <v>146822.23655295002</v>
       </c>
       <c r="EI15" s="16">
         <v>148.85100621999999</v>
       </c>
       <c r="EJ15" s="16">
         <v>45183.223793040008</v>
       </c>
       <c r="EK15" s="16">
         <v>101490.16175369</v>
       </c>
+      <c r="EL15" s="15">
+        <v>158243.14890458999</v>
+      </c>
+      <c r="EM15" s="16">
+        <v>145.80745893</v>
+      </c>
+      <c r="EN15" s="16">
+        <v>54267.664047030004</v>
+      </c>
+      <c r="EO15" s="16">
+        <v>103829.67739862998</v>
+      </c>
     </row>
-    <row r="16" spans="1:141" ht="21">
+    <row r="16" spans="1:145" ht="21">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="47">
         <v>67089.300852250002</v>
       </c>
       <c r="C16" s="18">
         <v>444.97698513</v>
       </c>
       <c r="D16" s="18">
         <v>8349.2577716700016</v>
       </c>
       <c r="E16" s="18">
         <v>58295.066095449998</v>
       </c>
       <c r="F16" s="17">
         <v>70363.301960810015</v>
       </c>
       <c r="G16" s="18">
         <v>561.62265508000007</v>
       </c>
       <c r="H16" s="18">
         <v>8383.4457224399994</v>
       </c>
       <c r="I16" s="18">
@@ -4425,52 +4508,64 @@
       </c>
       <c r="ED16" s="19">
         <v>148193.62340633001</v>
       </c>
       <c r="EE16" s="20">
         <v>788.18614144000014</v>
       </c>
       <c r="EF16" s="20">
         <v>46123.819781539991</v>
       </c>
       <c r="EG16" s="20">
         <v>101281.61748335001</v>
       </c>
       <c r="EH16" s="19">
         <v>149396.47785784997</v>
       </c>
       <c r="EI16" s="20">
         <v>576.01378778000014</v>
       </c>
       <c r="EJ16" s="20">
         <v>45243.944587279984</v>
       </c>
       <c r="EK16" s="20">
         <v>103576.51948278998</v>
       </c>
+      <c r="EL16" s="19">
+        <v>163930.24848349998</v>
+      </c>
+      <c r="EM16" s="20">
+        <v>799.46279054000013</v>
+      </c>
+      <c r="EN16" s="20">
+        <v>58330.830804329991</v>
+      </c>
+      <c r="EO16" s="20">
+        <v>104799.95488863</v>
+      </c>
     </row>
-    <row r="17" spans="1:141" ht="21">
+    <row r="17" spans="1:145" ht="21">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="48">
         <v>3552.7348132100001</v>
       </c>
       <c r="C17" s="22">
         <v>14.2137989</v>
       </c>
       <c r="D17" s="22">
         <v>21.312014380000004</v>
       </c>
       <c r="E17" s="22">
         <v>3517.2089999299997</v>
       </c>
       <c r="F17" s="21">
         <v>3533.4895225599998</v>
       </c>
       <c r="G17" s="22">
         <v>13.637341729999999</v>
       </c>
       <c r="H17" s="22">
         <v>1.5076077700000001</v>
       </c>
       <c r="I17" s="22">
@@ -4850,52 +4945,64 @@
       </c>
       <c r="ED17" s="23">
         <v>6.6609064500000015</v>
       </c>
       <c r="EE17" s="24">
         <v>5.76465725</v>
       </c>
       <c r="EF17" s="24">
         <v>0.74293670000000001</v>
       </c>
       <c r="EG17" s="24">
         <v>0.15331249999999999</v>
       </c>
       <c r="EH17" s="23">
         <v>7.2749139500000011</v>
       </c>
       <c r="EI17" s="24">
         <v>6.3786462900000007</v>
       </c>
       <c r="EJ17" s="24">
         <v>0.74293670000000001</v>
       </c>
       <c r="EK17" s="24">
         <v>0.15333095999999999</v>
       </c>
+      <c r="EL17" s="23">
+        <v>7.2968582100000008</v>
+      </c>
+      <c r="EM17" s="24">
+        <v>6.3996540199999998</v>
+      </c>
+      <c r="EN17" s="24">
+        <v>0.74385661000000003</v>
+      </c>
+      <c r="EO17" s="24">
+        <v>0.15334757999999998</v>
+      </c>
     </row>
-    <row r="18" spans="1:141" ht="21">
+    <row r="18" spans="1:145" ht="21">
       <c r="A18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="49">
         <v>4000.0099659499997</v>
       </c>
       <c r="C18" s="26">
         <v>5.1240200000000008E-3</v>
       </c>
       <c r="D18" s="26">
         <v>4.8419300000000004E-3</v>
       </c>
       <c r="E18" s="26">
         <v>4000</v>
       </c>
       <c r="F18" s="25">
         <v>4000.0099762200002</v>
       </c>
       <c r="G18" s="26">
         <v>5.1247799999999998E-3</v>
       </c>
       <c r="H18" s="26">
         <v>4.8514399999999994E-3</v>
       </c>
       <c r="I18" s="26">
@@ -5275,52 +5382,64 @@
       </c>
       <c r="ED18" s="27">
         <v>1000.0250059399999</v>
       </c>
       <c r="EE18" s="28">
         <v>2.0032910000000001E-2</v>
       </c>
       <c r="EF18" s="28">
         <v>4.9730299999999998E-3</v>
       </c>
       <c r="EG18" s="28">
         <v>1000</v>
       </c>
       <c r="EH18" s="27">
         <v>2.497303E-2</v>
       </c>
       <c r="EI18" s="28">
         <v>0.02</v>
       </c>
       <c r="EJ18" s="28">
         <v>4.9730299999999998E-3</v>
       </c>
       <c r="EK18" s="28">
         <v>0</v>
       </c>
+      <c r="EL18" s="27">
+        <v>2.4990769999999995E-2</v>
+      </c>
+      <c r="EM18" s="28">
+        <v>2.001153E-2</v>
+      </c>
+      <c r="EN18" s="28">
+        <v>4.9792399999999994E-3</v>
+      </c>
+      <c r="EO18" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:141" ht="21">
+    <row r="19" spans="1:145" ht="21">
       <c r="A19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="48">
         <v>0</v>
       </c>
       <c r="C19" s="22">
         <v>0</v>
       </c>
       <c r="D19" s="22">
         <v>0</v>
       </c>
       <c r="E19" s="22">
         <v>0</v>
       </c>
       <c r="F19" s="21">
         <v>0</v>
       </c>
       <c r="G19" s="22">
         <v>0</v>
       </c>
       <c r="H19" s="22">
         <v>0</v>
       </c>
       <c r="I19" s="22">
@@ -5700,52 +5819,64 @@
       </c>
       <c r="ED19" s="23">
         <v>0</v>
       </c>
       <c r="EE19" s="24">
         <v>0</v>
       </c>
       <c r="EF19" s="24">
         <v>0</v>
       </c>
       <c r="EG19" s="24">
         <v>0</v>
       </c>
       <c r="EH19" s="23">
         <v>0</v>
       </c>
       <c r="EI19" s="24">
         <v>0</v>
       </c>
       <c r="EJ19" s="24">
         <v>0</v>
       </c>
       <c r="EK19" s="24">
         <v>0</v>
       </c>
+      <c r="EL19" s="23">
+        <v>0</v>
+      </c>
+      <c r="EM19" s="24">
+        <v>0</v>
+      </c>
+      <c r="EN19" s="24">
+        <v>0</v>
+      </c>
+      <c r="EO19" s="24">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:141" ht="21">
+    <row r="20" spans="1:145" ht="21">
       <c r="A20" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="49">
         <v>6749.4340356500006</v>
       </c>
       <c r="C20" s="26">
         <v>30.99625958</v>
       </c>
       <c r="D20" s="26">
         <v>108.23192711</v>
       </c>
       <c r="E20" s="26">
         <v>6610.2058489600004</v>
       </c>
       <c r="F20" s="25">
         <v>6432.90127072</v>
       </c>
       <c r="G20" s="26">
         <v>15.065516639999998</v>
       </c>
       <c r="H20" s="26">
         <v>900.57078783999998</v>
       </c>
       <c r="I20" s="26">
@@ -6125,52 +6256,64 @@
       </c>
       <c r="ED20" s="27">
         <v>34828.540158060001</v>
       </c>
       <c r="EE20" s="28">
         <v>9.48664475</v>
       </c>
       <c r="EF20" s="28">
         <v>409.49103706</v>
       </c>
       <c r="EG20" s="28">
         <v>34409.562476250001</v>
       </c>
       <c r="EH20" s="27">
         <v>35040.717166800001</v>
       </c>
       <c r="EI20" s="28">
         <v>9.4523173200000006</v>
       </c>
       <c r="EJ20" s="28">
         <v>141.79277532</v>
       </c>
       <c r="EK20" s="28">
         <v>34889.472074160003</v>
       </c>
+      <c r="EL20" s="27">
+        <v>37897.039868680004</v>
+      </c>
+      <c r="EM20" s="28">
+        <v>9.5021655800000016</v>
+      </c>
+      <c r="EN20" s="28">
+        <v>276.59552893999995</v>
+      </c>
+      <c r="EO20" s="28">
+        <v>37610.942174160002</v>
+      </c>
     </row>
-    <row r="21" spans="1:141" ht="21">
+    <row r="21" spans="1:145" ht="21">
       <c r="A21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="48">
         <v>0</v>
       </c>
       <c r="C21" s="22">
         <v>0</v>
       </c>
       <c r="D21" s="22">
         <v>0</v>
       </c>
       <c r="E21" s="22">
         <v>0</v>
       </c>
       <c r="F21" s="21">
         <v>0</v>
       </c>
       <c r="G21" s="22">
         <v>0</v>
       </c>
       <c r="H21" s="22">
         <v>0</v>
       </c>
       <c r="I21" s="22">
@@ -6550,52 +6693,64 @@
       </c>
       <c r="ED21" s="23">
         <v>0</v>
       </c>
       <c r="EE21" s="24">
         <v>0</v>
       </c>
       <c r="EF21" s="24">
         <v>0</v>
       </c>
       <c r="EG21" s="24">
         <v>0</v>
       </c>
       <c r="EH21" s="23">
         <v>0</v>
       </c>
       <c r="EI21" s="24">
         <v>0</v>
       </c>
       <c r="EJ21" s="24">
         <v>0</v>
       </c>
       <c r="EK21" s="24">
         <v>0</v>
       </c>
+      <c r="EL21" s="23">
+        <v>0</v>
+      </c>
+      <c r="EM21" s="24">
+        <v>0</v>
+      </c>
+      <c r="EN21" s="24">
+        <v>0</v>
+      </c>
+      <c r="EO21" s="24">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:141" ht="21">
+    <row r="22" spans="1:145" ht="21">
       <c r="A22" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="49">
         <v>1177.8009462800001</v>
       </c>
       <c r="C22" s="26">
         <v>0.19817377999999999</v>
       </c>
       <c r="D22" s="26">
         <v>7.6027725000000004</v>
       </c>
       <c r="E22" s="26">
         <v>1170</v>
       </c>
       <c r="F22" s="25">
         <v>1277.84718279</v>
       </c>
       <c r="G22" s="26">
         <v>0.19817377999999999</v>
       </c>
       <c r="H22" s="26">
         <v>7.6490090099999994</v>
       </c>
       <c r="I22" s="26">
@@ -6975,52 +7130,64 @@
       </c>
       <c r="ED22" s="27">
         <v>3.96280784</v>
       </c>
       <c r="EE22" s="28">
         <v>3.5139406499999999</v>
       </c>
       <c r="EF22" s="28">
         <v>0.20622734000000001</v>
       </c>
       <c r="EG22" s="28">
         <v>0.24263985000000002</v>
       </c>
       <c r="EH22" s="27">
         <v>7.9044685799999987</v>
       </c>
       <c r="EI22" s="28">
         <v>7.45560139</v>
       </c>
       <c r="EJ22" s="28">
         <v>0.20622734000000001</v>
       </c>
       <c r="EK22" s="28">
         <v>0.24263985000000002</v>
       </c>
+      <c r="EL22" s="27">
+        <v>12.9177138</v>
+      </c>
+      <c r="EM22" s="28">
+        <v>12.468164679999999</v>
+      </c>
+      <c r="EN22" s="28">
+        <v>0.20690926999999998</v>
+      </c>
+      <c r="EO22" s="28">
+        <v>0.24263985000000002</v>
+      </c>
     </row>
-    <row r="23" spans="1:141" ht="21">
+    <row r="23" spans="1:145" ht="21">
       <c r="A23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="48">
         <v>7415.9962698400004</v>
       </c>
       <c r="C23" s="22">
         <v>0.10120556</v>
       </c>
       <c r="D23" s="22">
         <v>3.1845600000000002E-2</v>
       </c>
       <c r="E23" s="22">
         <v>7415.8632186800005</v>
       </c>
       <c r="F23" s="21">
         <v>10770.37535534</v>
       </c>
       <c r="G23" s="22">
         <v>0.10136424000000001</v>
       </c>
       <c r="H23" s="22">
         <v>3.0349110000000002E-2</v>
       </c>
       <c r="I23" s="22">
@@ -7400,52 +7567,64 @@
       </c>
       <c r="ED23" s="23">
         <v>27540.193058880002</v>
       </c>
       <c r="EE23" s="24">
         <v>0.24667042</v>
       </c>
       <c r="EF23" s="24">
         <v>6.5229010000000004E-2</v>
       </c>
       <c r="EG23" s="24">
         <v>27539.88115945</v>
       </c>
       <c r="EH23" s="23">
         <v>26944.928480390005</v>
       </c>
       <c r="EI23" s="24">
         <v>0.35197242000000006</v>
       </c>
       <c r="EJ23" s="24">
         <v>0.15963153999999999</v>
       </c>
       <c r="EK23" s="24">
         <v>26944.416876430001</v>
       </c>
+      <c r="EL23" s="23">
+        <v>26496.946536759999</v>
+      </c>
+      <c r="EM23" s="24">
+        <v>0.42897278000000005</v>
+      </c>
+      <c r="EN23" s="24">
+        <v>0.16568240000000001</v>
+      </c>
+      <c r="EO23" s="24">
+        <v>26496.351881579998</v>
+      </c>
     </row>
-    <row r="24" spans="1:141" ht="21">
+    <row r="24" spans="1:145" ht="21">
       <c r="A24" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="49">
         <v>518.12675576999993</v>
       </c>
       <c r="C24" s="26">
         <v>65.58449001999999</v>
       </c>
       <c r="D24" s="26">
         <v>2.8526092699999999</v>
       </c>
       <c r="E24" s="26">
         <v>449.68965648</v>
       </c>
       <c r="F24" s="25">
         <v>413.83689914999997</v>
       </c>
       <c r="G24" s="26">
         <v>78.13715040000001</v>
       </c>
       <c r="H24" s="26">
         <v>32.321103350000001</v>
       </c>
       <c r="I24" s="26">
@@ -7825,52 +8004,64 @@
       </c>
       <c r="ED24" s="27">
         <v>3466.7047375300003</v>
       </c>
       <c r="EE24" s="28">
         <v>3.2512649700000003</v>
       </c>
       <c r="EF24" s="28">
         <v>2.2636007899999999</v>
       </c>
       <c r="EG24" s="28">
         <v>3461.1898717700001</v>
       </c>
       <c r="EH24" s="27">
         <v>3201.9322712200001</v>
       </c>
       <c r="EI24" s="28">
         <v>21.775653990000002</v>
       </c>
       <c r="EJ24" s="28">
         <v>1.86360079</v>
       </c>
       <c r="EK24" s="28">
         <v>3178.29301644</v>
       </c>
+      <c r="EL24" s="27">
+        <v>3596.0477392399998</v>
+      </c>
+      <c r="EM24" s="28">
+        <v>10.005544859999999</v>
+      </c>
+      <c r="EN24" s="28">
+        <v>3.2843273100000001</v>
+      </c>
+      <c r="EO24" s="28">
+        <v>3582.7578670699995</v>
+      </c>
     </row>
-    <row r="25" spans="1:141" ht="21">
+    <row r="25" spans="1:145" ht="21">
       <c r="A25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="48">
         <v>182.14754102999999</v>
       </c>
       <c r="C25" s="22">
         <v>0.13534623999999998</v>
       </c>
       <c r="D25" s="22">
         <v>181.86781135999999</v>
       </c>
       <c r="E25" s="22">
         <v>0.14438342999999998</v>
       </c>
       <c r="F25" s="21">
         <v>121.58693312999999</v>
       </c>
       <c r="G25" s="22">
         <v>2.5990130700000003</v>
       </c>
       <c r="H25" s="22">
         <v>118.84353662999999</v>
       </c>
       <c r="I25" s="22">
@@ -8250,52 +8441,64 @@
       </c>
       <c r="ED25" s="23">
         <v>30.142318370000002</v>
       </c>
       <c r="EE25" s="24">
         <v>0.10360623999999999</v>
       </c>
       <c r="EF25" s="24">
         <v>29.890639320000002</v>
       </c>
       <c r="EG25" s="24">
         <v>0.14807281</v>
       </c>
       <c r="EH25" s="23">
         <v>33.352469380000002</v>
       </c>
       <c r="EI25" s="24">
         <v>0.10360623999999999</v>
       </c>
       <c r="EJ25" s="24">
         <v>33.100429320000003</v>
       </c>
       <c r="EK25" s="24">
         <v>0.14843381999999999</v>
       </c>
+      <c r="EL25" s="23">
+        <v>20.647698550000001</v>
+      </c>
+      <c r="EM25" s="24">
+        <v>0.10360623999999999</v>
+      </c>
+      <c r="EN25" s="24">
+        <v>20.395331089999999</v>
+      </c>
+      <c r="EO25" s="24">
+        <v>0.14876122</v>
+      </c>
     </row>
-    <row r="26" spans="1:141" ht="21">
+    <row r="26" spans="1:145" ht="21">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="49">
         <v>15.049418939999999</v>
       </c>
       <c r="C26" s="26">
         <v>15.049418939999999</v>
       </c>
       <c r="D26" s="26">
         <v>0</v>
       </c>
       <c r="E26" s="26">
         <v>0</v>
       </c>
       <c r="F26" s="25">
         <v>17.312769600000003</v>
       </c>
       <c r="G26" s="26">
         <v>17.312769600000003</v>
       </c>
       <c r="H26" s="26">
         <v>0</v>
       </c>
       <c r="I26" s="26">
@@ -8675,52 +8878,64 @@
       </c>
       <c r="ED26" s="27">
         <v>155.65383905000002</v>
       </c>
       <c r="EE26" s="28">
         <v>100.95658903</v>
       </c>
       <c r="EF26" s="28">
         <v>54.697250019999998</v>
       </c>
       <c r="EG26" s="28">
         <v>0</v>
       </c>
       <c r="EH26" s="27">
         <v>140.95980666</v>
       </c>
       <c r="EI26" s="28">
         <v>118.85895801000001</v>
       </c>
       <c r="EJ26" s="28">
         <v>22.10084865</v>
       </c>
       <c r="EK26" s="28">
         <v>0</v>
       </c>
+      <c r="EL26" s="27">
+        <v>127.55136785000001</v>
+      </c>
+      <c r="EM26" s="28">
+        <v>109.36389837</v>
+      </c>
+      <c r="EN26" s="28">
+        <v>18.187469480000001</v>
+      </c>
+      <c r="EO26" s="28">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:141" ht="21">
+    <row r="27" spans="1:145" ht="21">
       <c r="A27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="48">
         <v>21428.151104049997</v>
       </c>
       <c r="C27" s="22">
         <v>145.78138082000001</v>
       </c>
       <c r="D27" s="22">
         <v>1305.74950494</v>
       </c>
       <c r="E27" s="22">
         <v>19976.620218290002</v>
       </c>
       <c r="F27" s="21">
         <v>20381.88621887</v>
       </c>
       <c r="G27" s="22">
         <v>217.50863514000002</v>
       </c>
       <c r="H27" s="22">
         <v>418.98233942000002</v>
       </c>
       <c r="I27" s="22">
@@ -9100,52 +9315,64 @@
       </c>
       <c r="ED27" s="23">
         <v>25704.115650390002</v>
       </c>
       <c r="EE27" s="24">
         <v>247.07776239</v>
       </c>
       <c r="EF27" s="24">
         <v>825.86730619000002</v>
       </c>
       <c r="EG27" s="24">
         <v>24631.170581810002</v>
       </c>
       <c r="EH27" s="23">
         <v>28514.68854123</v>
       </c>
       <c r="EI27" s="24">
         <v>209.81947249999999</v>
       </c>
       <c r="EJ27" s="24">
         <v>640.33268653999994</v>
       </c>
       <c r="EK27" s="24">
         <v>27664.536382189999</v>
       </c>
+      <c r="EL27" s="23">
+        <v>27026.61599351</v>
+      </c>
+      <c r="EM27" s="24">
+        <v>261.95473241000002</v>
+      </c>
+      <c r="EN27" s="24">
+        <v>400.95120663</v>
+      </c>
+      <c r="EO27" s="24">
+        <v>26363.710054470001</v>
+      </c>
     </row>
-    <row r="28" spans="1:141" ht="21">
+    <row r="28" spans="1:145" ht="21">
       <c r="A28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="49">
         <v>11172.534026810001</v>
       </c>
       <c r="C28" s="22">
         <v>151.79448059000001</v>
       </c>
       <c r="D28" s="22">
         <v>6405.4519374499996</v>
       </c>
       <c r="E28" s="22">
         <v>4615.2876087700006</v>
       </c>
       <c r="F28" s="25">
         <v>11899.670504710002</v>
       </c>
       <c r="G28" s="22">
         <v>180.10148312000001</v>
       </c>
       <c r="H28" s="22">
         <v>6596.3353067199996</v>
       </c>
       <c r="I28" s="22">
@@ -9525,52 +9752,64 @@
       </c>
       <c r="ED28" s="27">
         <v>16802.152410350001</v>
       </c>
       <c r="EE28" s="24">
         <v>396.46029785000007</v>
       </c>
       <c r="EF28" s="24">
         <v>8096.617927530001</v>
       </c>
       <c r="EG28" s="24">
         <v>8309.0741849700007</v>
       </c>
       <c r="EH28" s="27">
         <v>16275.07055314</v>
       </c>
       <c r="EI28" s="24">
         <v>180.55579351000003</v>
       </c>
       <c r="EJ28" s="24">
         <v>7336.6316698199998</v>
       </c>
       <c r="EK28" s="24">
         <v>8757.8830898100023</v>
       </c>
+      <c r="EL28" s="27">
+        <v>22481.589598959999</v>
+      </c>
+      <c r="EM28" s="24">
+        <v>349.63079246000007</v>
+      </c>
+      <c r="EN28" s="24">
+        <v>13275.089336560002</v>
+      </c>
+      <c r="EO28" s="24">
+        <v>8856.8694699400003</v>
+      </c>
     </row>
-    <row r="29" spans="1:141" ht="21">
+    <row r="29" spans="1:145" ht="21">
       <c r="A29" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="48">
         <v>1.4935629799999999</v>
       </c>
       <c r="C29" s="26">
         <v>0</v>
       </c>
       <c r="D29" s="26">
         <v>1.4435629800000001</v>
       </c>
       <c r="E29" s="26">
         <v>0.05</v>
       </c>
       <c r="F29" s="21">
         <v>1.7919732800000001</v>
       </c>
       <c r="G29" s="26">
         <v>0</v>
       </c>
       <c r="H29" s="26">
         <v>1.7419732800000001</v>
       </c>
       <c r="I29" s="26">
@@ -9950,52 +10189,64 @@
       </c>
       <c r="ED29" s="23">
         <v>1040.5719278499998</v>
       </c>
       <c r="EE29" s="28">
         <v>3.3189459999999997E-2</v>
       </c>
       <c r="EF29" s="28">
         <v>276.42176468999997</v>
       </c>
       <c r="EG29" s="28">
         <v>764.11697370000002</v>
       </c>
       <c r="EH29" s="23">
         <v>1428.9629135099999</v>
       </c>
       <c r="EI29" s="28">
         <v>3.2160540000000001E-2</v>
       </c>
       <c r="EJ29" s="28">
         <v>340.81658142999999</v>
       </c>
       <c r="EK29" s="28">
         <v>1088.1141715399999</v>
       </c>
+      <c r="EL29" s="23">
+        <v>2565.3220787300002</v>
+      </c>
+      <c r="EM29" s="28">
+        <v>3.2179270000000003E-2</v>
+      </c>
+      <c r="EN29" s="28">
+        <v>1551.9012917499999</v>
+      </c>
+      <c r="EO29" s="28">
+        <v>1013.3886077100001</v>
+      </c>
     </row>
-    <row r="30" spans="1:141" ht="21">
+    <row r="30" spans="1:145" ht="21">
       <c r="A30" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="49">
         <v>584.64648475000001</v>
       </c>
       <c r="C30" s="22">
         <v>5.8935374000000005</v>
       </c>
       <c r="D30" s="22">
         <v>295.30415343000004</v>
       </c>
       <c r="E30" s="22">
         <v>283.44879392000001</v>
       </c>
       <c r="F30" s="25">
         <v>572.62215542000001</v>
       </c>
       <c r="G30" s="22">
         <v>12.158012749999999</v>
       </c>
       <c r="H30" s="22">
         <v>280.43464044999996</v>
       </c>
       <c r="I30" s="22">
@@ -10375,52 +10626,64 @@
       </c>
       <c r="ED30" s="27">
         <v>1065.11756186</v>
       </c>
       <c r="EE30" s="24">
         <v>0.18164982999999998</v>
       </c>
       <c r="EF30" s="24">
         <v>342.70056238000001</v>
       </c>
       <c r="EG30" s="24">
         <v>722.2353496500001</v>
       </c>
       <c r="EH30" s="27">
         <v>828.46769743999994</v>
       </c>
       <c r="EI30" s="24">
         <v>0.44124052000000002</v>
       </c>
       <c r="EJ30" s="24">
         <v>230.97585128999998</v>
       </c>
       <c r="EK30" s="24">
         <v>597.05060562999984</v>
       </c>
+      <c r="EL30" s="27">
+        <v>686.84453866000001</v>
+      </c>
+      <c r="EM30" s="24">
+        <v>0.47577213000000002</v>
+      </c>
+      <c r="EN30" s="24">
+        <v>269.06187749000003</v>
+      </c>
+      <c r="EO30" s="24">
+        <v>417.30688903999993</v>
+      </c>
     </row>
-    <row r="31" spans="1:141" ht="21">
+    <row r="31" spans="1:145" ht="21">
       <c r="A31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="48">
         <v>10291.175926989999</v>
       </c>
       <c r="C31" s="26">
         <v>15.223769280000001</v>
       </c>
       <c r="D31" s="26">
         <v>19.404790719999998</v>
       </c>
       <c r="E31" s="26">
         <v>10256.54736699</v>
       </c>
       <c r="F31" s="21">
         <v>10939.971199020001</v>
       </c>
       <c r="G31" s="26">
         <v>24.798069830000003</v>
       </c>
       <c r="H31" s="26">
         <v>25.024217420000003</v>
       </c>
       <c r="I31" s="26">
@@ -10800,52 +11063,64 @@
       </c>
       <c r="ED31" s="23">
         <v>36549.783023759992</v>
       </c>
       <c r="EE31" s="28">
         <v>21.089835689999997</v>
       </c>
       <c r="EF31" s="28">
         <v>36084.850327479995</v>
       </c>
       <c r="EG31" s="28">
         <v>443.84286058999999</v>
       </c>
       <c r="EH31" s="23">
         <v>36972.193602519998</v>
       </c>
       <c r="EI31" s="28">
         <v>20.768365049999996</v>
       </c>
       <c r="EJ31" s="28">
         <v>36495.216375509997</v>
       </c>
       <c r="EK31" s="28">
         <v>456.20886195999998</v>
       </c>
+      <c r="EL31" s="23">
+        <v>43011.40349977999</v>
+      </c>
+      <c r="EM31" s="28">
+        <v>39.07729621</v>
+      </c>
+      <c r="EN31" s="28">
+        <v>42514.243007559991</v>
+      </c>
+      <c r="EO31" s="28">
+        <v>458.08319600999999</v>
+      </c>
     </row>
-    <row r="32" spans="1:141" ht="21">
+    <row r="32" spans="1:145" ht="21">
       <c r="A32" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="47">
         <v>199.23582077999998</v>
       </c>
       <c r="C32" s="14">
         <v>196.01283875999999</v>
       </c>
       <c r="D32" s="14">
         <v>3.2229820199999999</v>
       </c>
       <c r="E32" s="14">
         <v>0</v>
       </c>
       <c r="F32" s="17">
         <v>244.88141814999997</v>
       </c>
       <c r="G32" s="14">
         <v>238.84941997999999</v>
       </c>
       <c r="H32" s="14">
         <v>6.0319981699999996</v>
       </c>
       <c r="I32" s="14">
@@ -11224,50 +11499,62 @@
         <v>10</v>
       </c>
       <c r="ED32" s="19">
         <v>106.59394018</v>
       </c>
       <c r="EE32" s="16">
         <v>86.221423950000002</v>
       </c>
       <c r="EF32" s="16">
         <v>10.372516229999999</v>
       </c>
       <c r="EG32" s="16">
         <v>10</v>
       </c>
       <c r="EH32" s="19">
         <v>121.47983562</v>
       </c>
       <c r="EI32" s="16">
         <v>92.135790239999992</v>
       </c>
       <c r="EJ32" s="16">
         <v>19.344045379999997</v>
       </c>
       <c r="EK32" s="16">
         <v>10</v>
+      </c>
+      <c r="EL32" s="19">
+        <v>72.893046170000005</v>
+      </c>
+      <c r="EM32" s="16">
+        <v>42.119784759999995</v>
+      </c>
+      <c r="EN32" s="16">
+        <v>22.773261409999996</v>
+      </c>
+      <c r="EO32" s="16">
+        <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:169" ht="21">
       <c r="A33" s="39" t="s">
         <v>54</v>
       </c>
       <c r="B33" s="46">
         <v>2915117.2975937901</v>
       </c>
       <c r="C33" s="18">
         <v>1029.53578244</v>
       </c>
       <c r="D33" s="18">
         <v>1173002.3627987599</v>
       </c>
       <c r="E33" s="18">
         <v>1741085.3990125901</v>
       </c>
       <c r="F33" s="13">
         <v>2923198.8910253579</v>
       </c>
       <c r="G33" s="18">
         <v>1063.9465070199999</v>
       </c>
       <c r="H33" s="18">
@@ -11650,50 +11937,62 @@
       </c>
       <c r="ED33" s="15">
         <v>4664513.6410403196</v>
       </c>
       <c r="EE33" s="20">
         <v>1209.5961534999999</v>
       </c>
       <c r="EF33" s="20">
         <v>2212400.1598899895</v>
       </c>
       <c r="EG33" s="20">
         <v>2450903.8849968296</v>
       </c>
       <c r="EH33" s="15">
         <v>4745488.5197843201</v>
       </c>
       <c r="EI33" s="20">
         <v>1141.76999744</v>
       </c>
       <c r="EJ33" s="20">
         <v>2236834.0371169802</v>
       </c>
       <c r="EK33" s="20">
         <v>2507512.7126699006</v>
       </c>
+      <c r="EL33" s="15">
+        <v>4817196.97593458</v>
+      </c>
+      <c r="EM33" s="20">
+        <v>1335.23673457</v>
+      </c>
+      <c r="EN33" s="20">
+        <v>2317928.1567914896</v>
+      </c>
+      <c r="EO33" s="20">
+        <v>2497933.5824085199</v>
+      </c>
     </row>
     <row r="34" spans="1:169" ht="21">
       <c r="A34" s="40" t="s">
         <v>55</v>
       </c>
       <c r="B34" s="47">
         <v>7643.7890241000014</v>
       </c>
       <c r="C34" s="14">
         <v>1401.4254944700003</v>
       </c>
       <c r="D34" s="14">
         <v>2370.9338518000004</v>
       </c>
       <c r="E34" s="14">
         <v>3871.4296778300004</v>
       </c>
       <c r="F34" s="17">
         <v>7614.6792326100003</v>
       </c>
       <c r="G34" s="14">
         <v>1348.2684507000001</v>
       </c>
       <c r="H34" s="14">
         <v>2215.2223885600001</v>
@@ -12075,50 +12374,62 @@
       </c>
       <c r="ED34" s="19">
         <v>5855.9873434700003</v>
       </c>
       <c r="EE34" s="16">
         <v>340.59232024000005</v>
       </c>
       <c r="EF34" s="16">
         <v>2974.8099056700003</v>
       </c>
       <c r="EG34" s="16">
         <v>2540.5851175600001</v>
       </c>
       <c r="EH34" s="19">
         <v>6380.4263841800002</v>
       </c>
       <c r="EI34" s="16">
         <v>6.9423240000000002</v>
       </c>
       <c r="EJ34" s="16">
         <v>3592.6223392300003</v>
       </c>
       <c r="EK34" s="16">
         <v>2780.8617209500003</v>
       </c>
+      <c r="EL34" s="19">
+        <v>6263.7472097900009</v>
+      </c>
+      <c r="EM34" s="16">
+        <v>5.6078946399999996</v>
+      </c>
+      <c r="EN34" s="16">
+        <v>3423.9506769699997</v>
+      </c>
+      <c r="EO34" s="16">
+        <v>2834.18863818</v>
+      </c>
     </row>
     <row r="35" spans="1:169" s="30" customFormat="1" ht="21.75" thickBot="1">
       <c r="A35" s="29" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="53">
         <v>4466914.0020586709</v>
       </c>
       <c r="C35" s="54">
         <v>8843.4107115300012</v>
       </c>
       <c r="D35" s="54">
         <v>1601049.7705176699</v>
       </c>
       <c r="E35" s="54">
         <v>2857020.8208294702</v>
       </c>
       <c r="F35" s="54">
         <v>4519207.429816789</v>
       </c>
       <c r="G35" s="54">
         <v>9020.9296214299993</v>
       </c>
       <c r="H35" s="54">
         <v>1577753.88386299</v>
@@ -12500,54 +12811,62 @@
       </c>
       <c r="ED35" s="54">
         <v>6680692.7308533788</v>
       </c>
       <c r="EE35" s="54">
         <v>11462.640344780002</v>
       </c>
       <c r="EF35" s="54">
         <v>2751000.9987493199</v>
       </c>
       <c r="EG35" s="54">
         <v>3918229.0917592798</v>
       </c>
       <c r="EH35" s="54">
         <v>6758889.2273729099</v>
       </c>
       <c r="EI35" s="54">
         <v>8447.7761676999999</v>
       </c>
       <c r="EJ35" s="54">
         <v>2754823.5796401706</v>
       </c>
       <c r="EK35" s="54">
         <v>3995617.8715650402</v>
       </c>
-      <c r="EL35" s="9"/>
-[...2 lines deleted...]
-      <c r="EO35" s="9"/>
+      <c r="EL35" s="54">
+        <v>6934511.1839744002</v>
+      </c>
+      <c r="EM35" s="54">
+        <v>9793.2521169499996</v>
+      </c>
+      <c r="EN35" s="54">
+        <v>2903093.4627653598</v>
+      </c>
+      <c r="EO35" s="54">
+        <v>4021624.4690920901</v>
+      </c>
       <c r="EP35" s="9"/>
       <c r="EQ35" s="9"/>
       <c r="ER35" s="9"/>
       <c r="ES35" s="9"/>
       <c r="ET35" s="9"/>
       <c r="EU35" s="9"/>
       <c r="EV35" s="9"/>
       <c r="EW35" s="9"/>
       <c r="EX35" s="9"/>
       <c r="EY35" s="9"/>
       <c r="EZ35" s="9"/>
       <c r="FA35" s="9"/>
       <c r="FB35" s="9"/>
       <c r="FC35" s="9"/>
       <c r="FD35" s="9"/>
       <c r="FE35" s="9"/>
       <c r="FF35" s="9"/>
       <c r="FG35" s="9"/>
       <c r="FH35" s="9"/>
       <c r="FI35" s="9"/>
       <c r="FJ35" s="9"/>
       <c r="FK35" s="9"/>
       <c r="FL35" s="9"/>
       <c r="FM35" s="9"/>
     </row>
@@ -12926,87 +13245,88 @@
       <c r="F44" s="42"/>
       <c r="G44" s="42"/>
       <c r="H44" s="42"/>
       <c r="I44" s="42"/>
       <c r="J44" s="42"/>
       <c r="K44" s="42"/>
       <c r="L44" s="42"/>
       <c r="M44" s="42"/>
     </row>
     <row r="45" spans="1:169">
       <c r="A45" s="42"/>
       <c r="B45" s="52"/>
       <c r="C45" s="42"/>
       <c r="D45" s="42"/>
       <c r="E45" s="42"/>
       <c r="F45" s="42"/>
       <c r="G45" s="42"/>
       <c r="H45" s="42"/>
       <c r="I45" s="42"/>
       <c r="J45" s="42"/>
       <c r="K45" s="42"/>
       <c r="L45" s="42"/>
       <c r="M45" s="42"/>
     </row>
   </sheetData>
-  <mergeCells count="37">
+  <mergeCells count="38">
     <mergeCell ref="A39:O39"/>
     <mergeCell ref="BB9:BE9"/>
     <mergeCell ref="BF9:BI9"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:I9"/>
     <mergeCell ref="J9:M9"/>
     <mergeCell ref="N9:Q9"/>
     <mergeCell ref="R9:U9"/>
     <mergeCell ref="V9:Y9"/>
     <mergeCell ref="Z9:AC9"/>
     <mergeCell ref="AD9:AG9"/>
     <mergeCell ref="AH9:AK9"/>
     <mergeCell ref="AL9:AO9"/>
     <mergeCell ref="AP9:AS9"/>
     <mergeCell ref="AT9:AW9"/>
     <mergeCell ref="BJ9:BM9"/>
     <mergeCell ref="BN9:BQ9"/>
     <mergeCell ref="BR9:BU9"/>
     <mergeCell ref="BV9:BY9"/>
     <mergeCell ref="AX9:BA9"/>
     <mergeCell ref="BZ9:CC9"/>
     <mergeCell ref="CT9:CW9"/>
     <mergeCell ref="CP9:CS9"/>
     <mergeCell ref="CH9:CK9"/>
     <mergeCell ref="CL9:CO9"/>
     <mergeCell ref="CD9:CG9"/>
-    <mergeCell ref="EH9:EK9"/>
-[...2 lines deleted...]
-    <mergeCell ref="DF9:DI9"/>
     <mergeCell ref="CN8:CO8"/>
     <mergeCell ref="DB9:DE9"/>
     <mergeCell ref="CX9:DA9"/>
     <mergeCell ref="DJ9:DM9"/>
     <mergeCell ref="DV9:DY9"/>
     <mergeCell ref="DR9:DU9"/>
+    <mergeCell ref="EL9:EO9"/>
+    <mergeCell ref="EH9:EK9"/>
+    <mergeCell ref="DZ9:EC9"/>
+    <mergeCell ref="DN9:DQ9"/>
+    <mergeCell ref="DF9:DI9"/>
     <mergeCell ref="ED9:EG9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="79" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="1d719bf2-33c5-4332-beb3-318b297de1e7" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CF542CB-28AE-423C-82F4-05D54A482E97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 