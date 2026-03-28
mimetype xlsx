--- v1 (2025-12-22)
+++ v2 (2026-03-28)
@@ -2,87 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D100  สินเชื่อ เงินรับฝาก และอัตราส่วนสินเชื่อต่อเงินรับฝากของสถาบันการเงินเฉพาะกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2B153C2-B6BB-4AD3-AD42-7D211B531DEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E438372-FC09-4053-80BD-081B123ECF4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{75177C6F-E316-46E3-95BE-CCDDBEFFCF39}"/>
+    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{75177C6F-E316-46E3-95BE-CCDDBEFFCF39}"/>
   </bookViews>
   <sheets>
     <sheet name="รายงาน" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">รายงาน!$A$1:$BL$20</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="90">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>เงินรับฝากทั้งหมด (รวม Interbank)</t>
   </si>
   <si>
     <t>เงินรับฝาก (ไม่รวม Interbank)</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>มี.ค. 51</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
@@ -301,54 +301,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด :   ก.ย. 68</t>
-[...1 lines deleted...]
-  <si>
     <t>ก.ย. 68</t>
+  </si>
+  <si>
+    <t>ปรับปรุงข้อมูลล่าสุด :   ธ.ค. 68</t>
+  </si>
+  <si>
+    <t>ธ.ค. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="12">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="[$-107041E]\ mmm\ yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="168" formatCode="\t&quot;$&quot;#,##0.00_);[Red]\(\t&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="169" formatCode="\t&quot;฿&quot;#,##0_);[Red]\(\t&quot;฿&quot;#,##0\)"/>
     <numFmt numFmtId="170" formatCode="\(#,##0.00_);\(#,##0.00\)"/>
     <numFmt numFmtId="171" formatCode="#,##0.00;\(#,##0.00\)"/>
     <numFmt numFmtId="172" formatCode="\t&quot;$&quot;#,##0_);\(\t&quot;$&quot;#,##0\)"/>
   </numFmts>
   <fonts count="78">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -3526,91 +3529,91 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAB4986A-E8FB-4376-A96B-11BB7145DC03}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A4:BU25"/>
+  <dimension ref="A4:BV25"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" topLeftCell="BN1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="BR21" sqref="BR21"/>
+      <pane xSplit="2" topLeftCell="BO1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="BU7" sqref="BU7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="17.5703125" defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="48" style="1" customWidth="1"/>
     <col min="2" max="16384" width="17.5703125" style="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:73" ht="21.75" customHeight="1">
+    <row r="4" spans="1:74" ht="21.75" customHeight="1">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="2"/>
     </row>
-    <row r="5" spans="1:73" ht="21">
+    <row r="5" spans="1:74" ht="21">
       <c r="A5" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B5" s="2"/>
     </row>
-    <row r="6" spans="1:73" ht="21">
+    <row r="6" spans="1:74" ht="21">
       <c r="A6" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B6" s="2"/>
     </row>
-    <row r="7" spans="1:73" ht="21">
+    <row r="7" spans="1:74" ht="21">
       <c r="A7" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="2"/>
     </row>
-    <row r="8" spans="1:73">
+    <row r="8" spans="1:74">
       <c r="BI8" s="3"/>
     </row>
-    <row r="9" spans="1:73">
+    <row r="9" spans="1:74">
       <c r="A9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I9" s="7" t="s">
@@ -3784,54 +3787,57 @@
       <c r="BM9" s="9" t="s">
         <v>79</v>
       </c>
       <c r="BN9" s="9" t="s">
         <v>80</v>
       </c>
       <c r="BO9" s="9" t="s">
         <v>81</v>
       </c>
       <c r="BP9" s="9" t="s">
         <v>82</v>
       </c>
       <c r="BQ9" s="9" t="s">
         <v>83</v>
       </c>
       <c r="BR9" s="9" t="s">
         <v>84</v>
       </c>
       <c r="BS9" s="9" t="s">
         <v>85</v>
       </c>
       <c r="BT9" s="9" t="s">
         <v>86</v>
       </c>
       <c r="BU9" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
+      </c>
+      <c r="BV9" s="9" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="10" spans="1:73">
+    <row r="10" spans="1:74">
       <c r="A10" s="10" t="s">
         <v>71</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="11">
         <v>1815860.4864406798</v>
       </c>
       <c r="D10" s="11">
         <v>1860457.5696668203</v>
       </c>
       <c r="E10" s="11">
         <v>1877807.4931921503</v>
       </c>
       <c r="F10" s="11">
         <v>1977564.80740576</v>
       </c>
       <c r="G10" s="11">
         <v>2117789.4879055498</v>
       </c>
       <c r="H10" s="11">
         <v>2175004.1286932197</v>
       </c>
       <c r="I10" s="11">
@@ -4005,54 +4011,57 @@
       <c r="BM10" s="14">
         <v>6578939.5940432204</v>
       </c>
       <c r="BN10" s="14">
         <v>6843988.1258999491</v>
       </c>
       <c r="BO10" s="14">
         <v>6850719.3680800702</v>
       </c>
       <c r="BP10" s="14">
         <v>6851088.9666203875</v>
       </c>
       <c r="BQ10" s="14">
         <v>6849764.1198881911</v>
       </c>
       <c r="BR10" s="14">
         <v>7106148.9120876305</v>
       </c>
       <c r="BS10" s="14">
         <v>7231117.7641455019</v>
       </c>
       <c r="BT10" s="14">
         <v>7137434.7501069494</v>
       </c>
       <c r="BU10" s="14">
-        <v>7070908.8634535186</v>
+        <v>7070764.9131665183</v>
+      </c>
+      <c r="BV10" s="14">
+        <v>7356920.1440234808</v>
       </c>
     </row>
-    <row r="11" spans="1:73">
+    <row r="11" spans="1:74">
       <c r="A11" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="12">
         <v>1611998.3528990303</v>
       </c>
       <c r="D11" s="12">
         <v>1653182.1584720497</v>
       </c>
       <c r="E11" s="12">
         <v>1647527.5375938003</v>
       </c>
       <c r="F11" s="12">
         <v>1734253.2166069797</v>
       </c>
       <c r="G11" s="12">
         <v>1820463.3895384998</v>
       </c>
       <c r="H11" s="12">
         <v>1885756.2209918902</v>
       </c>
       <c r="I11" s="12">
@@ -4228,52 +4237,55 @@
       </c>
       <c r="BN11" s="15">
         <v>6249042.1187574901</v>
       </c>
       <c r="BO11" s="15">
         <v>6310729.1194104394</v>
       </c>
       <c r="BP11" s="15">
         <v>6310823.1990435198</v>
       </c>
       <c r="BQ11" s="15">
         <v>6374392.3879358191</v>
       </c>
       <c r="BR11" s="15">
         <v>6500663.4757838706</v>
       </c>
       <c r="BS11" s="15">
         <v>6677611.2065453799</v>
       </c>
       <c r="BT11" s="15">
         <v>6680692.7308533797</v>
       </c>
       <c r="BU11" s="15">
         <v>6758889.227372909</v>
       </c>
+      <c r="BV11" s="15">
+        <v>6934511.1839744002</v>
+      </c>
     </row>
-    <row r="12" spans="1:73">
+    <row r="12" spans="1:74">
       <c r="A12" s="10" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="11">
         <v>112.64654726073525</v>
       </c>
       <c r="D12" s="11">
         <v>112.53796565203345</v>
       </c>
       <c r="E12" s="11">
         <v>113.97730540726936</v>
       </c>
       <c r="F12" s="11">
         <v>114.02976154052133</v>
       </c>
       <c r="G12" s="11">
         <v>116.33244041465862</v>
       </c>
       <c r="H12" s="11">
         <v>115.3385630911077</v>
       </c>
       <c r="I12" s="11">
@@ -4447,54 +4459,57 @@
       <c r="BM12" s="14">
         <v>108.81527724805061</v>
       </c>
       <c r="BN12" s="14">
         <v>109.52059525021657</v>
       </c>
       <c r="BO12" s="14">
         <v>108.55670142787048</v>
       </c>
       <c r="BP12" s="14">
         <v>108.56093968309477</v>
       </c>
       <c r="BQ12" s="14">
         <v>107.45752227070398</v>
       </c>
       <c r="BR12" s="14">
         <v>109.31420982733995</v>
       </c>
       <c r="BS12" s="14">
         <v>108.28899048596266</v>
       </c>
       <c r="BT12" s="14">
         <v>106.83674639224465</v>
       </c>
       <c r="BU12" s="14">
-        <v>104.61643364144744</v>
+        <v>104.61430384937425</v>
+      </c>
+      <c r="BV12" s="14">
+        <v>106.09140210236107</v>
       </c>
     </row>
-    <row r="13" spans="1:73">
+    <row r="13" spans="1:74">
       <c r="A13" s="10" t="s">
         <v>73</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C13" s="12">
         <v>1631371.4814673699</v>
       </c>
       <c r="D13" s="12">
         <v>1683104.3296464502</v>
       </c>
       <c r="E13" s="12">
         <v>1751066.8415912802</v>
       </c>
       <c r="F13" s="12">
         <v>1750176.4479251397</v>
       </c>
       <c r="G13" s="12">
         <v>1778171.4067973699</v>
       </c>
       <c r="H13" s="12">
         <v>1864567.7781741498</v>
       </c>
       <c r="I13" s="12">
@@ -4668,54 +4683,57 @@
       <c r="BM13" s="15">
         <v>5952678.4220801704</v>
       </c>
       <c r="BN13" s="15">
         <v>6009510.5358901806</v>
       </c>
       <c r="BO13" s="15">
         <v>5997997.884100439</v>
       </c>
       <c r="BP13" s="15">
         <v>6047350.73725121</v>
       </c>
       <c r="BQ13" s="15">
         <v>6079804.84938139</v>
       </c>
       <c r="BR13" s="15">
         <v>6251979.6237109704</v>
       </c>
       <c r="BS13" s="15">
         <v>6267870.446796949</v>
       </c>
       <c r="BT13" s="15">
         <v>6226269.5358224809</v>
       </c>
       <c r="BU13" s="15">
-        <v>6304084.0497905295</v>
+        <v>6303940.0995035293</v>
+      </c>
+      <c r="BV13" s="15">
+        <v>6412864.2185280602</v>
       </c>
     </row>
-    <row r="14" spans="1:73">
+    <row r="14" spans="1:74">
       <c r="A14" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C14" s="11">
         <v>1582827.1569897002</v>
       </c>
       <c r="D14" s="11">
         <v>1624363.4694489997</v>
       </c>
       <c r="E14" s="11">
         <v>1620552.8764533903</v>
       </c>
       <c r="F14" s="11">
         <v>1699923.4262407001</v>
       </c>
       <c r="G14" s="11">
         <v>1768276.9428950301</v>
       </c>
       <c r="H14" s="11">
         <v>1807704.7194322296</v>
       </c>
       <c r="I14" s="11">
@@ -4891,52 +4909,55 @@
       </c>
       <c r="BN14" s="14">
         <v>6230112.7085585399</v>
       </c>
       <c r="BO14" s="14">
         <v>6297020.2761567598</v>
       </c>
       <c r="BP14" s="14">
         <v>6299154.6880204696</v>
       </c>
       <c r="BQ14" s="14">
         <v>6361438.3080097195</v>
       </c>
       <c r="BR14" s="14">
         <v>6486612.5708359499</v>
       </c>
       <c r="BS14" s="14">
         <v>6668690.6726186089</v>
       </c>
       <c r="BT14" s="14">
         <v>6664683.6268548789</v>
       </c>
       <c r="BU14" s="14">
         <v>6743955.8899899088</v>
       </c>
+      <c r="BV14" s="14">
+        <v>6915495.7406137101</v>
+      </c>
     </row>
-    <row r="15" spans="1:73">
+    <row r="15" spans="1:74">
       <c r="A15" s="10" t="s">
         <v>74</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="12">
         <v>103.06693780576737</v>
       </c>
       <c r="D15" s="12">
         <v>103.6162386868609</v>
       </c>
       <c r="E15" s="12">
         <v>108.05366903075215</v>
       </c>
       <c r="F15" s="12">
         <v>102.95619325604399</v>
       </c>
       <c r="G15" s="12">
         <v>100.55955397383289</v>
       </c>
       <c r="H15" s="12">
         <v>103.1455944176425</v>
       </c>
       <c r="I15" s="12">
@@ -5110,54 +5131,57 @@
       <c r="BM15" s="15">
         <v>98.686062994973014</v>
       </c>
       <c r="BN15" s="15">
         <v>96.459098205955257</v>
       </c>
       <c r="BO15" s="15">
         <v>95.251366853803077</v>
       </c>
       <c r="BP15" s="15">
         <v>96.00257553210858</v>
       </c>
       <c r="BQ15" s="15">
         <v>95.572802171582438</v>
       </c>
       <c r="BR15" s="15">
         <v>96.382812376063626</v>
       </c>
       <c r="BS15" s="15">
         <v>93.989521399344369</v>
       </c>
       <c r="BT15" s="15">
         <v>93.421831919135073</v>
       </c>
       <c r="BU15" s="15">
-        <v>93.477539779696912</v>
+        <v>93.475405271563275</v>
+      </c>
+      <c r="BV15" s="15">
+        <v>92.731807798915014</v>
       </c>
     </row>
-    <row r="16" spans="1:73">
+    <row r="16" spans="1:74">
       <c r="A16" s="10" t="s">
         <v>64</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C16" s="11">
         <v>62577.814040069999</v>
       </c>
       <c r="D16" s="11">
         <v>60619.943511220001</v>
       </c>
       <c r="E16" s="11">
         <v>64454.296505530001</v>
       </c>
       <c r="F16" s="11">
         <v>107983.85678092</v>
       </c>
       <c r="G16" s="11">
         <v>80379.020301580007</v>
       </c>
       <c r="H16" s="11">
         <v>72138.037294960013</v>
       </c>
       <c r="I16" s="11">
@@ -5331,51 +5355,54 @@
       <c r="BM16" s="14">
         <v>594024.00773029006</v>
       </c>
       <c r="BN16" s="14">
         <v>626701.86550482991</v>
       </c>
       <c r="BO16" s="14">
         <v>640279.49440242001</v>
       </c>
       <c r="BP16" s="14">
         <v>639914.18426329002</v>
       </c>
       <c r="BQ16" s="14">
         <v>644842.05089134013</v>
       </c>
       <c r="BR16" s="14">
         <v>679844.0521569401</v>
       </c>
       <c r="BS16" s="14">
         <v>699326.65316124016</v>
       </c>
       <c r="BT16" s="14">
         <v>707803.66567234986</v>
       </c>
       <c r="BU16" s="14">
-        <v>756813.25669693982</v>
+        <v>756957.20698393986</v>
+      </c>
+      <c r="BV16" s="14">
+        <v>715744.14182671008</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="4.5" customHeight="1"/>
     <row r="18" spans="1:14">
       <c r="A18" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
       <c r="I19" s="5"/>
       <c r="J19" s="5"/>
       <c r="K19" s="5"/>
       <c r="L19" s="5"/>
       <c r="M19" s="5"/>
       <c r="N19" s="5"/>