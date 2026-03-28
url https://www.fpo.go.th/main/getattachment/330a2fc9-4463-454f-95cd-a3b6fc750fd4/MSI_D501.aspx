--- v1 (2025-12-22)
+++ v2 (2026-03-28)
@@ -2,87 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Suchayap\Desktop\Report ลงเว็บ v.4\MSI_D501  NPL รวมและสุทธิของสถาบันการเงินเฉพาะกิจ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D6AFD0D-3A44-4FF4-A877-D047CEEFCC69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{64AB0914-EE8E-42C5-8CB7-75EE24FF7AB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{75177C6F-E316-46E3-95BE-CCDDBEFFCF39}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{75177C6F-E316-46E3-95BE-CCDDBEFFCF39}"/>
   </bookViews>
   <sheets>
     <sheet name="รายงาน" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">รายงาน!$A$1:$BM$18</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
     <t>สำนักงานเศรษฐกิจการคลัง</t>
   </si>
   <si>
     <t>รายการ</t>
   </si>
   <si>
     <t>หมายเหตุ : 1. หน่วย : ล้านบาท , ความถี่ของข้อมูล : รายไตรมาส</t>
   </si>
   <si>
     <t>มี.ค. 51</t>
   </si>
   <si>
     <t>มิ.ย. 51</t>
   </si>
   <si>
     <t>ก.ย. 51</t>
   </si>
   <si>
     <t>ธ.ค. 51</t>
   </si>
   <si>
     <t>มี.ค. 52</t>
   </si>
   <si>
@@ -283,54 +283,57 @@
   <si>
     <t>ก.ย. 66</t>
   </si>
   <si>
     <t>ธ.ค. 66</t>
   </si>
   <si>
     <t>มิ.ย. 67</t>
   </si>
   <si>
     <t>มี.ค. 67</t>
   </si>
   <si>
     <t>ก.ย. 67</t>
   </si>
   <si>
     <t>ธ.ค. 67</t>
   </si>
   <si>
     <t>มี.ค. 68</t>
   </si>
   <si>
     <t>มิ.ย. 68</t>
   </si>
   <si>
-    <t>ปรับปรุงข้อมูลล่าสุด :  ก.ย. 2568</t>
-[...1 lines deleted...]
-  <si>
     <t>ก.ย. 68</t>
+  </si>
+  <si>
+    <t>ปรับปรุงข้อมูลล่าสุด :  ธ.ค. 2568</t>
+  </si>
+  <si>
+    <t>ธ.ค. 68</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="11">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="[$-107041E]\ mmm\ yy;@"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="167" formatCode="\t&quot;$&quot;#,##0.00_);[Red]\(\t&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="168" formatCode="\t&quot;฿&quot;#,##0_);[Red]\(\t&quot;฿&quot;#,##0\)"/>
     <numFmt numFmtId="169" formatCode="\(#,##0.00_);\(#,##0.00\)"/>
     <numFmt numFmtId="170" formatCode="#,##0.00;\(#,##0.00\)"/>
     <numFmt numFmtId="171" formatCode="\t&quot;$&quot;#,##0_);\(\t&quot;$&quot;#,##0\)"/>
   </numFmts>
   <fonts count="78">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3598,99 +3601,99 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EAB4986A-E8FB-4376-A96B-11BB7145DC03}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A5:FY24"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="BJ1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="BW11" sqref="BW11"/>
+      <selection pane="topRight" activeCell="BP17" sqref="BP17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="1" width="32.140625" style="1" customWidth="1"/>
     <col min="2" max="33" width="12.85546875" style="1" customWidth="1"/>
     <col min="34" max="60" width="15" style="1" customWidth="1"/>
     <col min="61" max="61" width="15" customWidth="1"/>
     <col min="62" max="62" width="14.140625" customWidth="1"/>
     <col min="63" max="63" width="13.140625" customWidth="1"/>
     <col min="64" max="65" width="11" bestFit="1" customWidth="1"/>
     <col min="66" max="66" width="11" customWidth="1"/>
     <col min="67" max="67" width="14.140625" customWidth="1"/>
     <col min="68" max="69" width="12.5703125" customWidth="1"/>
     <col min="70" max="70" width="11" customWidth="1"/>
     <col min="71" max="71" width="11" bestFit="1" customWidth="1"/>
-    <col min="72" max="72" width="12.5703125" customWidth="1"/>
-    <col min="73" max="177" width="10" bestFit="1" customWidth="1"/>
+    <col min="72" max="73" width="12.5703125" customWidth="1"/>
+    <col min="74" max="177" width="10" bestFit="1" customWidth="1"/>
     <col min="178" max="180" width="6.85546875" hidden="1" customWidth="1"/>
     <col min="182" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="5" spans="1:72" ht="21.75" customHeight="1">
+    <row r="5" spans="1:73" ht="21.75" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:72" ht="21">
+    <row r="6" spans="1:73" ht="21">
       <c r="A6" s="2" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="7" spans="1:72" ht="21">
+    <row r="7" spans="1:73" ht="21">
       <c r="A7" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
-    <row r="8" spans="1:72" ht="21">
+    <row r="8" spans="1:73" ht="21">
       <c r="A8" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="14"/>
     </row>
-    <row r="9" spans="1:72">
+    <row r="9" spans="1:73">
       <c r="BH9" s="6"/>
     </row>
-    <row r="10" spans="1:72">
+    <row r="10" spans="1:73">
       <c r="A10" s="17" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I10" s="3" t="s">
@@ -3861,54 +3864,57 @@
       <c r="BL10" s="11" t="s">
         <v>73</v>
       </c>
       <c r="BM10" s="11" t="s">
         <v>74</v>
       </c>
       <c r="BN10" s="11" t="s">
         <v>76</v>
       </c>
       <c r="BO10" s="11" t="s">
         <v>75</v>
       </c>
       <c r="BP10" s="11" t="s">
         <v>77</v>
       </c>
       <c r="BQ10" s="11" t="s">
         <v>78</v>
       </c>
       <c r="BR10" s="11" t="s">
         <v>79</v>
       </c>
       <c r="BS10" s="11" t="s">
         <v>80</v>
       </c>
       <c r="BT10" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
+      </c>
+      <c r="BU10" s="11" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="11" spans="1:72">
+    <row r="11" spans="1:73">
       <c r="A11" s="18" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="12">
         <v>169441.52231362002</v>
       </c>
       <c r="C11" s="12">
         <v>150453.31276344002</v>
       </c>
       <c r="D11" s="12">
         <v>159963.29246686999</v>
       </c>
       <c r="E11" s="12">
         <v>150483.07211656999</v>
       </c>
       <c r="F11" s="12">
         <v>145030.79612167994</v>
       </c>
       <c r="G11" s="12">
         <v>153554.19997546001</v>
       </c>
       <c r="H11" s="12">
         <v>182727.87335523</v>
       </c>
       <c r="I11" s="12">
@@ -4081,52 +4087,55 @@
       </c>
       <c r="BM11" s="22">
         <v>252503.43075797995</v>
       </c>
       <c r="BN11" s="22">
         <v>283534.53142298007</v>
       </c>
       <c r="BO11" s="22">
         <v>324915.8247392801</v>
       </c>
       <c r="BP11" s="22">
         <v>345331.50754961988</v>
       </c>
       <c r="BQ11" s="22">
         <v>326237.22420786013</v>
       </c>
       <c r="BR11" s="22">
         <v>306668.1316111901</v>
       </c>
       <c r="BS11" s="22">
         <v>314952.03205614019</v>
       </c>
       <c r="BT11" s="22">
         <v>319350.17770771997</v>
       </c>
+      <c r="BU11" s="22">
+        <v>318202.45985812991</v>
+      </c>
     </row>
-    <row r="12" spans="1:72">
+    <row r="12" spans="1:73">
       <c r="A12" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="13">
         <v>67523.485882630004</v>
       </c>
       <c r="C12" s="13">
         <v>95868.099198940006</v>
       </c>
       <c r="D12" s="13">
         <v>98277.383878879977</v>
       </c>
       <c r="E12" s="13">
         <v>93385.23914369999</v>
       </c>
       <c r="F12" s="13">
         <v>85651.862840800008</v>
       </c>
       <c r="G12" s="13">
         <v>52992.476600419999</v>
       </c>
       <c r="H12" s="13">
         <v>67921.2289303</v>
       </c>
       <c r="I12" s="13">
@@ -4297,70 +4306,73 @@
       <c r="BL12" s="13">
         <v>68473.77238390001</v>
       </c>
       <c r="BM12" s="13">
         <v>63102.79703229</v>
       </c>
       <c r="BN12" s="13">
         <v>86636.792659140003</v>
       </c>
       <c r="BO12" s="13">
         <v>102035.26230008998</v>
       </c>
       <c r="BP12" s="13">
         <v>106660.96822179003</v>
       </c>
       <c r="BQ12" s="13">
         <v>95306.239302269983</v>
       </c>
       <c r="BR12" s="13">
         <v>112279.64671907999</v>
       </c>
       <c r="BS12" s="13">
         <v>118033.19619764003</v>
       </c>
       <c r="BT12" s="13">
-        <v>117263.89002764999</v>
+        <v>117407.77081464999</v>
+      </c>
+      <c r="BU12" s="13">
+        <v>108547.18038299002</v>
       </c>
     </row>
-    <row r="13" spans="1:72">
+    <row r="13" spans="1:73">
       <c r="AD13" s="15"/>
       <c r="BH13" s="14"/>
     </row>
-    <row r="14" spans="1:72">
+    <row r="14" spans="1:73">
       <c r="A14" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="14"/>
       <c r="AC14" s="14"/>
     </row>
-    <row r="15" spans="1:72">
+    <row r="15" spans="1:73">
       <c r="A15" s="20" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="16" spans="1:72">
+    <row r="16" spans="1:73">
       <c r="A16" s="20" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:61" ht="21.75" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>66</v>
       </c>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:61" ht="20.25" customHeight="1">
       <c r="A18" s="21" t="s">
         <v>67</v>
       </c>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>