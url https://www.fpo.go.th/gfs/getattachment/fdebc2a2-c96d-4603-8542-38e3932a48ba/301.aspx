--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -7,51 +7,51 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\ST\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E34E9154-BD21-4090-98EE-F7093050663D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D2C1633D-6B2C-47B3-AD59-CBC49ACBA15E}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STcentralgov" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">STcentralgov!$A$1:$L$39</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MAlves</author>
   </authors>
   <commentList>
     <comment ref="B21" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
@@ -688,76 +688,76 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1012,190 +1012,190 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N39"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="F27" sqref="F27"/>
+      <selection pane="bottomRight" activeCell="R17" sqref="R17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.85546875" style="1" customWidth="1"/>
     <col min="3" max="14" width="13.7109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="40" t="s">
+      <c r="A3" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="41"/>
-      <c r="C3" s="37" t="s">
+      <c r="B3" s="37"/>
+      <c r="C3" s="42" t="s">
         <v>65</v>
       </c>
-      <c r="D3" s="38"/>
-[...9 lines deleted...]
-      <c r="N3" s="39"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="43"/>
+      <c r="J3" s="43"/>
+      <c r="K3" s="43"/>
+      <c r="L3" s="43"/>
+      <c r="M3" s="43"/>
+      <c r="N3" s="44"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A4" s="42"/>
-[...1 lines deleted...]
-      <c r="C4" s="44">
+      <c r="A4" s="38"/>
+      <c r="B4" s="39"/>
+      <c r="C4" s="40">
         <v>2013</v>
       </c>
-      <c r="D4" s="44">
+      <c r="D4" s="40">
         <v>2014</v>
       </c>
-      <c r="E4" s="44">
+      <c r="E4" s="40">
         <v>2015</v>
       </c>
-      <c r="F4" s="44">
+      <c r="F4" s="40">
         <v>2016</v>
       </c>
-      <c r="G4" s="44">
+      <c r="G4" s="40">
         <v>2017</v>
       </c>
-      <c r="H4" s="44">
+      <c r="H4" s="40">
         <v>2018</v>
       </c>
-      <c r="I4" s="36">
+      <c r="I4" s="41">
         <v>2019</v>
       </c>
-      <c r="J4" s="36">
+      <c r="J4" s="41">
         <v>2020</v>
       </c>
-      <c r="K4" s="36">
+      <c r="K4" s="41">
         <v>2021</v>
       </c>
-      <c r="L4" s="36">
+      <c r="L4" s="41">
         <v>2022</v>
       </c>
-      <c r="M4" s="36">
+      <c r="M4" s="41">
         <v>2023</v>
       </c>
-      <c r="N4" s="36">
+      <c r="N4" s="41">
         <v>2024</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="44"/>
-[...10 lines deleted...]
-      <c r="N5" s="36"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="40"/>
+      <c r="E5" s="40"/>
+      <c r="F5" s="40"/>
+      <c r="G5" s="40"/>
+      <c r="H5" s="40"/>
+      <c r="I5" s="41"/>
+      <c r="J5" s="41"/>
+      <c r="K5" s="41"/>
+      <c r="L5" s="41"/>
+      <c r="M5" s="41"/>
+      <c r="N5" s="41"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="7">
         <v>2611061.8451712886</v>
       </c>
       <c r="D6" s="7">
         <v>2530104.9827404097</v>
       </c>
       <c r="E6" s="7">
         <v>2730449.2744365647</v>
       </c>
       <c r="F6" s="7">
         <v>2804659.018789737</v>
       </c>
       <c r="G6" s="7">
         <v>2873787.7525456129</v>
       </c>
       <c r="H6" s="7">
         <v>3079500.4871838954</v>
       </c>
       <c r="I6" s="7">
         <v>3144639.8173977085</v>
       </c>
       <c r="J6" s="7">
         <v>2936039.8712490126</v>
       </c>
       <c r="K6" s="7">
         <v>2952213.9916930818</v>
       </c>
       <c r="L6" s="7">
         <v>3122725.4925681925</v>
       </c>
       <c r="M6" s="7">
-        <v>3363541.6295328089</v>
+        <v>3349645.3635965688</v>
       </c>
       <c r="N6" s="7">
         <v>3523583.1848180443</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="10">
         <v>2290971.4012797386</v>
       </c>
       <c r="D7" s="10">
         <v>2182801.1093207099</v>
       </c>
       <c r="E7" s="10">
         <v>2316034.9097160245</v>
       </c>
       <c r="F7" s="10">
         <v>2349049.3856446389</v>
       </c>
       <c r="G7" s="10">
@@ -1327,95 +1327,95 @@
       <c r="E10" s="10">
         <v>412963.96982053993</v>
       </c>
       <c r="F10" s="10">
         <v>452625.73030909803</v>
       </c>
       <c r="G10" s="10">
         <v>467727.07790233998</v>
       </c>
       <c r="H10" s="10">
         <v>506786.18822805904</v>
       </c>
       <c r="I10" s="10">
         <v>542469.48663393501</v>
       </c>
       <c r="J10" s="10">
         <v>555146.71684145497</v>
       </c>
       <c r="K10" s="10">
         <v>508533.18513305497</v>
       </c>
       <c r="L10" s="10">
         <v>489722.84883803601</v>
       </c>
       <c r="M10" s="10">
-        <v>580670.1007164116</v>
+        <v>566773.83478017163</v>
       </c>
       <c r="N10" s="10">
         <v>685946.36293039494</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="7">
         <v>2525873.6095832596</v>
       </c>
       <c r="D11" s="7">
         <v>2603009.030918201</v>
       </c>
       <c r="E11" s="7">
         <v>2624536.1650509397</v>
       </c>
       <c r="F11" s="7">
         <v>2818280.3270879453</v>
       </c>
       <c r="G11" s="7">
         <v>2932348.3347791429</v>
       </c>
       <c r="H11" s="7">
         <v>3065699.9288415755</v>
       </c>
       <c r="I11" s="7">
         <v>3098703.0778462449</v>
       </c>
       <c r="J11" s="7">
         <v>3511214.2710068976</v>
       </c>
       <c r="K11" s="7">
         <v>3986881.732235631</v>
       </c>
       <c r="L11" s="7">
         <v>3725262.1279698173</v>
       </c>
       <c r="M11" s="7">
-        <v>3617651.6898558722</v>
+        <v>3603755.4239196321</v>
       </c>
       <c r="N11" s="7">
         <v>3812965.9662639434</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="10">
         <v>713162.2159616804</v>
       </c>
       <c r="D12" s="10">
         <v>722798.14186276065</v>
       </c>
       <c r="E12" s="10">
         <v>747225.2192660569</v>
       </c>
       <c r="F12" s="10">
         <v>787937.03348490177</v>
       </c>
       <c r="G12" s="10">
@@ -1459,51 +1459,51 @@
       <c r="E13" s="10">
         <v>650591.22456620773</v>
       </c>
       <c r="F13" s="10">
         <v>721944.19131578808</v>
       </c>
       <c r="G13" s="10">
         <v>697967.39275462064</v>
       </c>
       <c r="H13" s="10">
         <v>763638.63076401374</v>
       </c>
       <c r="I13" s="10">
         <v>741802.5023470209</v>
       </c>
       <c r="J13" s="10">
         <v>727726.8468556942</v>
       </c>
       <c r="K13" s="10">
         <v>806533.31784407282</v>
       </c>
       <c r="L13" s="10">
         <v>879911.18575558858</v>
       </c>
       <c r="M13" s="10">
-        <v>708613.44282582495</v>
+        <v>694717.17688958487</v>
       </c>
       <c r="N13" s="10">
         <v>720765.78129640885</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="10">
         <v>102570.28933135999</v>
       </c>
       <c r="D14" s="10">
         <v>95044.354941550002</v>
       </c>
       <c r="E14" s="10">
         <v>110287.35053635</v>
       </c>
       <c r="F14" s="10">
         <v>125824.57417993</v>
       </c>
       <c r="G14" s="10">
@@ -2095,51 +2095,51 @@
       <c r="E28" s="23">
         <v>2888331.5178833795</v>
       </c>
       <c r="F28" s="23">
         <v>2909153.1314382008</v>
       </c>
       <c r="G28" s="23">
         <v>3165228.6869757464</v>
       </c>
       <c r="H28" s="23">
         <v>3320162.937488812</v>
       </c>
       <c r="I28" s="23">
         <v>3322996.5508840149</v>
       </c>
       <c r="J28" s="23">
         <v>3783559.8288395777</v>
       </c>
       <c r="K28" s="23">
         <v>4171116.4289803109</v>
       </c>
       <c r="L28" s="23">
         <v>4006480.7684933874</v>
       </c>
       <c r="M28" s="23">
-        <v>3874676.1492839106</v>
+        <v>3860779.8833476705</v>
       </c>
       <c r="N28" s="23">
         <v>3968170.510508073</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="21" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="23">
         <v>-73324.177556355949</v>
       </c>
       <c r="D29" s="23">
         <v>-242073.93532743337</v>
       </c>
       <c r="E29" s="23">
         <v>-157882.24344681477</v>
       </c>
       <c r="F29" s="23">
         <v>-104494.11264846398</v>
       </c>
       <c r="G29" s="23">
@@ -2495,64 +2495,64 @@
         <v>-54220.865758820495</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A38" s="33" t="s">
         <v>68</v>
       </c>
       <c r="B38" s="34" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="35"/>
       <c r="D38" s="35"/>
       <c r="E38" s="35"/>
       <c r="F38" s="35"/>
       <c r="G38" s="35"/>
       <c r="H38" s="35"/>
       <c r="I38" s="35"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="N4:N5"/>
+    <mergeCell ref="C3:N3"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="K4:K5"/>
+    <mergeCell ref="J4:J5"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="M4:M5"/>
     <mergeCell ref="A3:B4"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
-    <mergeCell ref="N4:N5"/>
-[...5 lines deleted...]
-    <mergeCell ref="M4:M5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>