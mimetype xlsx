--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -7,51 +7,51 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\T7\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F78A4C0C-F284-45F6-8207-0930B7EEBF24}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42CD4B8E-1D34-4002-887A-24D1BB8A6E31}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T7budgetary" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">T7budgetary!$A$1:$L$86</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">T7budgetary!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MAlves</author>
   </authors>
   <commentList>
@@ -1210,54 +1210,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="G5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="G74" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="N5" sqref="N5"/>
+      <selection pane="bottomRight" activeCell="Q83" sqref="Q83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="60" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" style="1" customWidth="1"/>
     <col min="4" max="14" width="13.85546875" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="25" t="s">
         <v>3</v>
       </c>
@@ -1333,95 +1333,95 @@
       <c r="E5" s="6">
         <v>2828172.9834799226</v>
       </c>
       <c r="F5" s="6">
         <v>2825080.3808940905</v>
       </c>
       <c r="G5" s="6">
         <v>3139531.3259140635</v>
       </c>
       <c r="H5" s="6">
         <v>3275043.6155911018</v>
       </c>
       <c r="I5" s="6">
         <v>3321003.8915183255</v>
       </c>
       <c r="J5" s="6">
         <v>3715664.8601403837</v>
       </c>
       <c r="K5" s="6">
         <v>4140584.2027066383</v>
       </c>
       <c r="L5" s="6">
         <v>3924689.3111977121</v>
       </c>
       <c r="M5" s="6">
-        <v>3700484.6909673903</v>
+        <v>3686588.4250311502</v>
       </c>
       <c r="N5" s="6">
         <v>3817702.6814857158</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C6" s="9">
         <v>1189435.8403321393</v>
       </c>
       <c r="D6" s="9">
         <v>1161099.3602897439</v>
       </c>
       <c r="E6" s="9">
         <v>1101614.6908422706</v>
       </c>
       <c r="F6" s="9">
         <v>1201133.6230434556</v>
       </c>
       <c r="G6" s="9">
         <v>1279646.6167460724</v>
       </c>
       <c r="H6" s="9">
         <v>1323722.9533364747</v>
       </c>
       <c r="I6" s="9">
         <v>1370725.258348783</v>
       </c>
       <c r="J6" s="9">
         <v>1407872.0991736646</v>
       </c>
       <c r="K6" s="9">
         <v>1763721.9354114954</v>
       </c>
       <c r="L6" s="9">
         <v>1565693.3199387726</v>
       </c>
       <c r="M6" s="9">
-        <v>1506660.8049651261</v>
+        <v>1492764.539028886</v>
       </c>
       <c r="N6" s="9">
         <v>1556259.1844666139</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>86</v>
       </c>
       <c r="C7" s="12">
         <v>139662.6448758996</v>
       </c>
       <c r="D7" s="12">
         <v>139498.80774555178</v>
       </c>
       <c r="E7" s="12">
         <v>83071.058400220019</v>
       </c>
       <c r="F7" s="12">
         <v>79914.618240319993</v>
       </c>
       <c r="G7" s="12">
@@ -1509,51 +1509,51 @@
       <c r="E9" s="12">
         <v>119845.86990063004</v>
       </c>
       <c r="F9" s="12">
         <v>124257.94391715998</v>
       </c>
       <c r="G9" s="12">
         <v>139113.95699021377</v>
       </c>
       <c r="H9" s="12">
         <v>134971.15909850688</v>
       </c>
       <c r="I9" s="12">
         <v>105637.49754183003</v>
       </c>
       <c r="J9" s="12">
         <v>118579.13425991056</v>
       </c>
       <c r="K9" s="12">
         <v>113270.60182667</v>
       </c>
       <c r="L9" s="12">
         <v>125591.03180054011</v>
       </c>
       <c r="M9" s="12">
-        <v>130061.5094747604</v>
+        <v>116165.24353852042</v>
       </c>
       <c r="N9" s="12">
         <v>133449.81938088167</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>89</v>
       </c>
       <c r="C10" s="12">
         <v>4032.7489758725255</v>
       </c>
       <c r="D10" s="12">
         <v>5392.9628965386983</v>
       </c>
       <c r="E10" s="12">
         <v>4711.4671753499979</v>
       </c>
       <c r="F10" s="12">
         <v>5452.9387999999999</v>
       </c>
       <c r="G10" s="12">