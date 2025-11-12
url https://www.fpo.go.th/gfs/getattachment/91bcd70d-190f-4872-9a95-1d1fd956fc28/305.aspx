--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\T2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B49BD803-D5FF-4C1E-86FC-A77B52178D1D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DD50452-A086-4027-B527-5504D0E49403}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T2generalgov" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">T2generalgov!$A$1:$L$52</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="95">
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Millions of Baht/ Year Ending September 30</t>
@@ -1014,51 +1014,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="F24" sqref="F24"/>
+      <selection pane="bottomRight" activeCell="Q14" sqref="Q14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="50" style="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="1" customWidth="1"/>
     <col min="4" max="14" width="15.42578125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
         <v>23</v>
       </c>
@@ -1134,51 +1134,51 @@
       <c r="E5" s="5">
         <v>2567933.16679578</v>
       </c>
       <c r="F5" s="5">
         <v>2738706.2516017943</v>
       </c>
       <c r="G5" s="5">
         <v>2904778.9118204499</v>
       </c>
       <c r="H5" s="5">
         <v>3020494.9323466276</v>
       </c>
       <c r="I5" s="5">
         <v>3053299.0764624546</v>
       </c>
       <c r="J5" s="5">
         <v>3479083.7863473492</v>
       </c>
       <c r="K5" s="5">
         <v>3924003.7144576414</v>
       </c>
       <c r="L5" s="5">
         <v>3792405.0291745067</v>
       </c>
       <c r="M5" s="5">
-        <v>3666756.7032207334</v>
+        <v>3652860.4372844929</v>
       </c>
       <c r="N5" s="5">
         <v>3832960.3777089929</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>62</v>
       </c>
       <c r="C6" s="8">
         <v>847284.01507323165</v>
       </c>
       <c r="D6" s="8">
         <v>859776.83168958954</v>
       </c>
       <c r="E6" s="8">
         <v>900447.2192660569</v>
       </c>
       <c r="F6" s="8">
         <v>946049.47129027569</v>
       </c>
       <c r="G6" s="8">
@@ -1398,51 +1398,51 @@
       <c r="E11" s="18">
         <v>851152.87456620764</v>
       </c>
       <c r="F11" s="18">
         <v>888213.94345785561</v>
       </c>
       <c r="G11" s="18">
         <v>917132.93431339599</v>
       </c>
       <c r="H11" s="18">
         <v>1001037.0059200953</v>
       </c>
       <c r="I11" s="18">
         <v>987181.21527811652</v>
       </c>
       <c r="J11" s="18">
         <v>988472.50283833768</v>
       </c>
       <c r="K11" s="18">
         <v>1071077.3655803027</v>
       </c>
       <c r="L11" s="18">
         <v>1195502.4326960361</v>
       </c>
       <c r="M11" s="18">
-        <v>1032030.0008380839</v>
+        <v>1018133.7349018438</v>
       </c>
       <c r="N11" s="18">
         <v>1040867.2768610757</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="18">
         <v>102570.28933135999</v>
       </c>
       <c r="D12" s="18">
         <v>95044.354941550002</v>
       </c>
       <c r="E12" s="18">
         <v>110287.35053635</v>
       </c>
       <c r="F12" s="18">
         <v>125824.57417993</v>
       </c>
       <c r="G12" s="18">