--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\ST\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CBE9CEA1-C63B-4346-89BD-ADC4A56253BB}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B133B680-6F4B-4CCB-97A5-6C1D1847B29B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STgeneralgov" sheetId="1" r:id="rId1"/>
     <sheet name="STgeneralgov (2)" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">STgeneralgov!$A$1:$N$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'STgeneralgov (2)'!$A$1:$L$41</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D63" i="2" l="1"/>
   <c r="E63" i="2"/>
   <c r="F63" i="2"/>
@@ -1248,51 +1248,51 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N41"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="E27" sqref="E27"/>
+      <selection pane="bottomRight" activeCell="Q17" sqref="Q17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="54.42578125" style="1" customWidth="1"/>
     <col min="3" max="14" width="14.42578125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
       <c r="G1" s="32"/>
       <c r="H1" s="32"/>
       <c r="I1" s="32"/>
       <c r="J1" s="32"/>
       <c r="K1" s="32"/>
       <c r="L1" s="32"/>
@@ -1413,51 +1413,51 @@
       <c r="E6" s="6">
         <v>3052823.8844365655</v>
       </c>
       <c r="F6" s="6">
         <v>3122721.4171523876</v>
       </c>
       <c r="G6" s="6">
         <v>3216936.566567733</v>
       </c>
       <c r="H6" s="6">
         <v>3453818.1820641384</v>
       </c>
       <c r="I6" s="6">
         <v>3526277.9413268818</v>
       </c>
       <c r="J6" s="6">
         <v>3241024.7153151017</v>
       </c>
       <c r="K6" s="6">
         <v>3207411.9316930813</v>
       </c>
       <c r="L6" s="6">
         <v>3434773.1125681926</v>
       </c>
       <c r="M6" s="6">
-        <v>3737716.7165328087</v>
+        <v>3723820.4505965686</v>
       </c>
       <c r="N6" s="6">
         <v>3940188.7848180444</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="9">
         <v>2381818.6246604417</v>
       </c>
       <c r="D7" s="9">
         <v>2282385.3771602702</v>
       </c>
       <c r="E7" s="9">
         <v>2423559.5097160251</v>
       </c>
       <c r="F7" s="9">
         <v>2450050.4551009573</v>
       </c>
       <c r="G7" s="9">
@@ -1589,95 +1589,95 @@
       <c r="E10" s="9">
         <v>483010.49982054002</v>
       </c>
       <c r="F10" s="9">
         <v>523994.18921543023</v>
       </c>
       <c r="G10" s="9">
         <v>540892.95692824363</v>
       </c>
       <c r="H10" s="9">
         <v>593955.11896809773</v>
       </c>
       <c r="I10" s="9">
         <v>626910.87825354491</v>
       </c>
       <c r="J10" s="9">
         <v>627410.90581563383</v>
       </c>
       <c r="K10" s="9">
         <v>577600.30513305496</v>
       </c>
       <c r="L10" s="9">
         <v>567090.78883803601</v>
       </c>
       <c r="M10" s="9">
-        <v>669685.77771641163</v>
+        <v>655789.51178017166</v>
       </c>
       <c r="N10" s="9">
         <v>784048.29293039499</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="6">
         <v>2428264.6890545473</v>
       </c>
       <c r="D11" s="6">
         <v>2534241.9634958538</v>
       </c>
       <c r="E11" s="6">
         <v>2567933.16679578</v>
       </c>
       <c r="F11" s="6">
         <v>2738706.2516017943</v>
       </c>
       <c r="G11" s="6">
         <v>2904778.9118204499</v>
       </c>
       <c r="H11" s="6">
         <v>3020494.9323466276</v>
       </c>
       <c r="I11" s="6">
         <v>3053299.0764624546</v>
       </c>
       <c r="J11" s="6">
         <v>3479083.7863473492</v>
       </c>
       <c r="K11" s="6">
         <v>3924003.7144576414</v>
       </c>
       <c r="L11" s="6">
         <v>3792405.0291745067</v>
       </c>
       <c r="M11" s="6">
-        <v>3666756.7032207334</v>
+        <v>3652860.4372844929</v>
       </c>
       <c r="N11" s="6">
         <v>3832960.3777089929</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="9">
         <v>847284.01507323165</v>
       </c>
       <c r="D12" s="9">
         <v>859776.83168958954</v>
       </c>
       <c r="E12" s="9">
         <v>900447.2192660569</v>
       </c>
       <c r="F12" s="9">
         <v>946049.47129027569</v>
       </c>
       <c r="G12" s="9">
@@ -1721,51 +1721,51 @@
       <c r="E13" s="9">
         <v>851152.87456620764</v>
       </c>
       <c r="F13" s="9">
         <v>888213.94345785561</v>
       </c>
       <c r="G13" s="9">
         <v>917132.93431339599</v>
       </c>
       <c r="H13" s="9">
         <v>1001037.0059200953</v>
       </c>
       <c r="I13" s="9">
         <v>987181.21527811652</v>
       </c>
       <c r="J13" s="9">
         <v>988472.50283833768</v>
       </c>
       <c r="K13" s="9">
         <v>1071077.3655803027</v>
       </c>
       <c r="L13" s="9">
         <v>1195502.4326960361</v>
       </c>
       <c r="M13" s="9">
-        <v>1032030.0008380839</v>
+        <v>1018133.7349018438</v>
       </c>
       <c r="N13" s="9">
         <v>1040867.2768610757</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="9">
         <v>102570.28933135999</v>
       </c>
       <c r="D14" s="9">
         <v>95044.354941550002</v>
       </c>
       <c r="E14" s="9">
         <v>110287.35053635</v>
       </c>
       <c r="F14" s="9">
         <v>125824.57417993</v>
       </c>
       <c r="G14" s="9">
@@ -2029,95 +2029,95 @@
       <c r="E20" s="6">
         <v>595178.06817713554</v>
       </c>
       <c r="F20" s="6">
         <v>509839.73973052332</v>
       </c>
       <c r="G20" s="6">
         <v>498357.1546763631</v>
       </c>
       <c r="H20" s="6">
         <v>595454.18881745078</v>
       </c>
       <c r="I20" s="6">
         <v>649149.36640643713</v>
       </c>
       <c r="J20" s="6">
         <v>-55690.558554507501</v>
       </c>
       <c r="K20" s="6">
         <v>-506661.57498174009</v>
       </c>
       <c r="L20" s="6">
         <v>-127691.43850120404</v>
       </c>
       <c r="M20" s="6">
-        <v>310940.71470291528</v>
+        <v>310940.71470291575</v>
       </c>
       <c r="N20" s="6">
         <v>372603.81144597149</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="16" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="17">
         <v>433777.14051067457</v>
       </c>
       <c r="D21" s="17">
         <v>287470.02429588139</v>
       </c>
       <c r="E21" s="17">
         <v>484890.7176407855</v>
       </c>
       <c r="F21" s="17">
         <v>384015.16555059329</v>
       </c>
       <c r="G21" s="17">
         <v>312157.65474728309</v>
       </c>
       <c r="H21" s="17">
         <v>433323.24971751077</v>
       </c>
       <c r="I21" s="17">
         <v>472978.86486442713</v>
       </c>
       <c r="J21" s="17">
         <v>-238059.07103224751</v>
       </c>
       <c r="K21" s="17">
         <v>-716591.78276456008</v>
       </c>
       <c r="L21" s="17">
         <v>-357631.91660631401</v>
       </c>
       <c r="M21" s="17">
-        <v>70960.013312075287</v>
+        <v>70960.013312075753</v>
       </c>
       <c r="N21" s="17">
         <v>107228.40710905148</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B22" s="19" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="9"/>
       <c r="M22" s="9"/>
       <c r="N22" s="9"/>
     </row>
@@ -2357,95 +2357,95 @@
       <c r="E28" s="22">
         <v>3027323.1196282199</v>
       </c>
       <c r="F28" s="22">
         <v>3063475.539362275</v>
       </c>
       <c r="G28" s="22">
         <v>3294033.8459077356</v>
       </c>
       <c r="H28" s="22">
         <v>3421013.4121790961</v>
       </c>
       <c r="I28" s="22">
         <v>3454531.8391046468</v>
       </c>
       <c r="J28" s="22">
         <v>3950751.1338355234</v>
       </c>
       <c r="K28" s="22">
         <v>4283245.611202321</v>
       </c>
       <c r="L28" s="22">
         <v>4224508.2696980769</v>
       </c>
       <c r="M28" s="22">
-        <v>4079156.9626487717</v>
+        <v>4065260.6967125311</v>
       </c>
       <c r="N28" s="22">
         <v>4178140.7219531229</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="20" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="23" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="22">
         <v>77153.361604991776</v>
       </c>
       <c r="D29" s="22">
         <v>-91953.309605106304</v>
       </c>
       <c r="E29" s="22">
         <v>25500.764808345702</v>
       </c>
       <c r="F29" s="22">
         <v>59245.877790112747</v>
       </c>
       <c r="G29" s="22">
         <v>-77097.279340002919</v>
       </c>
       <c r="H29" s="22">
         <v>32804.769885042042</v>
       </c>
       <c r="I29" s="22">
         <v>71746.102222234884</v>
       </c>
       <c r="J29" s="22">
         <v>-709726.41852042184</v>
       </c>
       <c r="K29" s="22">
         <v>-1075833.6795092402</v>
       </c>
       <c r="L29" s="22">
         <v>-789735.157129884</v>
       </c>
       <c r="M29" s="22">
-        <v>-341440.24611596315</v>
+        <v>-341440.24611596268</v>
       </c>
       <c r="N29" s="22">
         <v>-237951.93713507836</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="28" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="9"/>
       <c r="M30" s="9"/>
       <c r="N30" s="9"/>
     </row>
@@ -2729,51 +2729,51 @@
       <c r="E37" s="27">
         <v>-20398.607921973948</v>
       </c>
       <c r="F37" s="27">
         <v>26216.902295555279</v>
       </c>
       <c r="G37" s="27">
         <v>56906.755681389244</v>
       </c>
       <c r="H37" s="27">
         <v>-65956.647032363573</v>
       </c>
       <c r="I37" s="27">
         <v>28848.560454620223</v>
       </c>
       <c r="J37" s="27">
         <v>20814.644306322443</v>
       </c>
       <c r="K37" s="27">
         <v>-138818.12058629724</v>
       </c>
       <c r="L37" s="27">
         <v>-61517.900037174695</v>
       </c>
       <c r="M37" s="27">
-        <v>-155670.56976526178</v>
+        <v>-155670.56976526225</v>
       </c>
       <c r="N37" s="27">
         <v>-54211.875758820737</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="35" t="s">
         <v>66</v>
       </c>
       <c r="B38" s="36" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
       <c r="K38" s="37"/>
       <c r="L38" s="37"/>
       <c r="M38" s="37"/>
       <c r="N38" s="37"/>
     </row>