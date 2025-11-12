--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -7,51 +7,51 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\ST\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04F5F3A9-8CDB-4058-96FC-A30491AEC7F9}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1B09907-C446-41A9-AF84-D84320C73E52}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="STbudgetary" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">STbudgetary!$A$1:$N$41</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>MAlves</author>
   </authors>
   <commentList>
     <comment ref="B21" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
@@ -1069,51 +1069,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="F30" sqref="F30"/>
+      <selection pane="bottomRight" activeCell="Q17" sqref="Q17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="58.7109375" style="1" customWidth="1"/>
     <col min="3" max="14" width="13.7109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="48" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="49"/>
@@ -1206,51 +1206,51 @@
       <c r="E6" s="9">
         <v>2580845.4599434645</v>
       </c>
       <c r="F6" s="9">
         <v>2690324.2742207125</v>
       </c>
       <c r="G6" s="9">
         <v>2749598.2524535032</v>
       </c>
       <c r="H6" s="9">
         <v>2956359.2632791153</v>
       </c>
       <c r="I6" s="9">
         <v>2990251.2622328852</v>
       </c>
       <c r="J6" s="9">
         <v>2798528.0847891928</v>
       </c>
       <c r="K6" s="9">
         <v>2792305.9605576615</v>
       </c>
       <c r="L6" s="9">
         <v>2992207.9174530827</v>
       </c>
       <c r="M6" s="9">
-        <v>3157863.8040171019</v>
+        <v>3143967.5380808618</v>
       </c>
       <c r="N6" s="9">
         <v>3365334.2722922638</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A7" s="24" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="10">
         <v>2178148.1519018188</v>
       </c>
       <c r="D7" s="11">
         <v>2098580.6345123732</v>
       </c>
       <c r="E7" s="11">
         <v>2212826.7748610745</v>
       </c>
       <c r="F7" s="11">
         <v>2295752.1475475025</v>
       </c>
       <c r="G7" s="11">
@@ -1382,95 +1382,95 @@
       <c r="E10" s="11">
         <v>349390.96563554002</v>
       </c>
       <c r="F10" s="11">
         <v>380685.76837035996</v>
       </c>
       <c r="G10" s="11">
         <v>384640.66672803997</v>
       </c>
       <c r="H10" s="11">
         <v>416540.70149905898</v>
       </c>
       <c r="I10" s="11">
         <v>451487.85350879503</v>
       </c>
       <c r="J10" s="11">
         <v>470383.480515495</v>
       </c>
       <c r="K10" s="11">
         <v>400381.00758804003</v>
       </c>
       <c r="L10" s="11">
         <v>412259.55610350007</v>
       </c>
       <c r="M10" s="11">
-        <v>491040.71141772502</v>
+        <v>477144.44548148499</v>
       </c>
       <c r="N10" s="11">
         <v>601940.0105801851</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A11" s="22" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="8">
         <v>2507528.7116944753</v>
       </c>
       <c r="D11" s="9">
         <v>2534583.6164656281</v>
       </c>
       <c r="E11" s="9">
         <v>2568419.8469187371</v>
       </c>
       <c r="F11" s="9">
         <v>2740269.7563884752</v>
       </c>
       <c r="G11" s="9">
         <v>2911560.3602109891</v>
       </c>
       <c r="H11" s="9">
         <v>3025819.4117894904</v>
       </c>
       <c r="I11" s="9">
         <v>3100167.5245893952</v>
       </c>
       <c r="J11" s="9">
         <v>3446581.668683195</v>
       </c>
       <c r="K11" s="9">
         <v>3958860.6370609873</v>
       </c>
       <c r="L11" s="9">
         <v>3647228.9404254812</v>
       </c>
       <c r="M11" s="9">
-        <v>3451381.1664303895</v>
+        <v>3437484.900494149</v>
       </c>
       <c r="N11" s="9">
         <v>3668712.0062163682</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A12" s="24" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="10">
         <v>709079</v>
       </c>
       <c r="D12" s="11">
         <v>718118</v>
       </c>
       <c r="E12" s="11">
         <v>741744.55095385492</v>
       </c>
       <c r="F12" s="11">
         <v>782009.90833380003</v>
       </c>
       <c r="G12" s="11">
@@ -1514,51 +1514,51 @@
       <c r="E13" s="11">
         <v>507145.45361104305</v>
       </c>
       <c r="F13" s="11">
         <v>526090.13835334952</v>
       </c>
       <c r="G13" s="11">
         <v>521713.61788283661</v>
       </c>
       <c r="H13" s="11">
         <v>585123.25911872613</v>
       </c>
       <c r="I13" s="11">
         <v>560331.97672970011</v>
       </c>
       <c r="J13" s="11">
         <v>528989.82806182001</v>
       </c>
       <c r="K13" s="11">
         <v>559350.60407671263</v>
       </c>
       <c r="L13" s="11">
         <v>601544.64911358303</v>
       </c>
       <c r="M13" s="11">
-        <v>515012.1463713249</v>
+        <v>501115.88043508492</v>
       </c>
       <c r="N13" s="11">
         <v>497812.50609094521</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A14" s="24" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="10">
         <v>101703.64670165</v>
       </c>
       <c r="D14" s="11">
         <v>94051.494326350003</v>
       </c>
       <c r="E14" s="11">
         <v>109181.92420184</v>
       </c>
       <c r="F14" s="11">
         <v>124670.39462535</v>
       </c>
       <c r="G14" s="11">
@@ -1822,95 +1822,95 @@
       <c r="E20" s="9">
         <v>121607.53722656744</v>
       </c>
       <c r="F20" s="9">
         <v>74724.912457587299</v>
       </c>
       <c r="G20" s="9">
         <v>23032.909542264068</v>
       </c>
       <c r="H20" s="9">
         <v>91228.513964924961</v>
       </c>
       <c r="I20" s="9">
         <v>66213.975504030066</v>
       </c>
       <c r="J20" s="9">
         <v>-467072.1496076422</v>
       </c>
       <c r="K20" s="9">
         <v>-957980.50097572582</v>
       </c>
       <c r="L20" s="9">
         <v>-427460.40370970848</v>
       </c>
       <c r="M20" s="9">
-        <v>-55367.108417047653</v>
+        <v>-55367.108417047188</v>
       </c>
       <c r="N20" s="9">
         <v>-39112.431787394336</v>
       </c>
     </row>
     <row r="21" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A21" s="30" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="31" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="14">
         <v>-56454.955029586796</v>
       </c>
       <c r="D21" s="15">
         <v>-129101.02256609499</v>
       </c>
       <c r="E21" s="15">
         <v>12425.613024727441</v>
       </c>
       <c r="F21" s="15">
         <v>-49945.482167762704</v>
       </c>
       <c r="G21" s="15">
         <v>-161962.10775748594</v>
       </c>
       <c r="H21" s="15">
         <v>-69460.14851037506</v>
       </c>
       <c r="I21" s="15">
         <v>-109916.26235650992</v>
       </c>
       <c r="J21" s="15">
         <v>-648053.58389400225</v>
       </c>
       <c r="K21" s="15">
         <v>-1166554.6765033258</v>
       </c>
       <c r="L21" s="15">
         <v>-655021.02297239844</v>
       </c>
       <c r="M21" s="15">
-        <v>-293517.36241328763</v>
+        <v>-293517.36241328716</v>
       </c>
       <c r="N21" s="15">
         <v>-303377.73392410437</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A22" s="32" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="10"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
     </row>
@@ -2150,95 +2150,95 @@
       <c r="E28" s="17">
         <v>2828172.8595102667</v>
       </c>
       <c r="F28" s="17">
         <v>2825080.7648940911</v>
       </c>
       <c r="G28" s="17">
         <v>3139531.3198396023</v>
       </c>
       <c r="H28" s="17">
         <v>3275043.857162877</v>
       </c>
       <c r="I28" s="17">
         <v>3321003.8915183251</v>
       </c>
       <c r="J28" s="17">
         <v>3715664.8591803852</v>
       </c>
       <c r="K28" s="17">
         <v>4140584.2027066373</v>
       </c>
       <c r="L28" s="17">
         <v>3924689.296627711</v>
       </c>
       <c r="M28" s="17">
-        <v>3700484.8261673898</v>
+        <v>3686588.5602311492</v>
       </c>
       <c r="N28" s="17">
         <v>3817702.6832103282</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A29" s="34" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="36" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="16">
         <v>-213113.41258609178</v>
       </c>
       <c r="D29" s="17">
         <v>-298094.31930538703</v>
       </c>
       <c r="E29" s="17">
         <v>-247327.39956680231</v>
       </c>
       <c r="F29" s="17">
         <v>-134756.4906733784</v>
       </c>
       <c r="G29" s="17">
         <v>-389933.06738609925</v>
       </c>
       <c r="H29" s="17">
         <v>-318684.59388376155</v>
       </c>
       <c r="I29" s="17">
         <v>-330752.62928543997</v>
       </c>
       <c r="J29" s="17">
         <v>-917136.77439119224</v>
       </c>
       <c r="K29" s="17">
         <v>-1348278.2421489758</v>
       </c>
       <c r="L29" s="17">
         <v>-932481.37917462841</v>
       </c>
       <c r="M29" s="17">
-        <v>-542621.02215028799</v>
+        <v>-542621.02215028752</v>
       </c>
       <c r="N29" s="17">
         <v>-452368.41091806418</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A30" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B30" s="38" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>
       <c r="J30" s="11"/>
       <c r="K30" s="11"/>
       <c r="L30" s="11"/>
       <c r="M30" s="11"/>
       <c r="N30" s="11"/>
     </row>
@@ -2522,51 +2522,51 @@
       <c r="E37" s="21">
         <v>-12983.465726404102</v>
       </c>
       <c r="F37" s="21">
         <v>55131.939239340136</v>
       </c>
       <c r="G37" s="21">
         <v>52306.393425989081</v>
       </c>
       <c r="H37" s="21">
         <v>-38846.456484389608</v>
       </c>
       <c r="I37" s="21">
         <v>105548.31922770903</v>
       </c>
       <c r="J37" s="21">
         <v>41117.597651730757</v>
       </c>
       <c r="K37" s="21">
         <v>-45209.878021417418</v>
       </c>
       <c r="L37" s="21">
         <v>-48193.944529519416</v>
       </c>
       <c r="M37" s="21">
-        <v>-148672.98544728372</v>
+        <v>-148672.98544728418</v>
       </c>
       <c r="N37" s="21">
         <v>-9134.4747181097628</v>
       </c>
     </row>
     <row r="38" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="39" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="6"/>
       <c r="B39" s="7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="6"/>
       <c r="B40" s="7" t="s">
         <v>70</v>
       </c>
     </row>