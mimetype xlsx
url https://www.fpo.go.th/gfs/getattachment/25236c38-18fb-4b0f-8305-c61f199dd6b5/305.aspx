--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\T1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A0A1672-1A28-4148-8409-09C1D17A9923}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{016C32B4-C176-4CDF-A8D1-341B22D053E7}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T1generalgov" sheetId="1" r:id="rId1"/>
     <sheet name="T1generalgov (2)" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">T1generalgov!$A$1:$L$88</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'T1generalgov (2)'!$A$1:$L$88</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">T1generalgov!$3:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'T1generalgov (2)'!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="O77" i="2" l="1"/>
@@ -1349,51 +1349,51 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="F19" sqref="F19"/>
+      <selection pane="bottomRight" activeCell="Q11" sqref="Q11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="46.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" style="1" customWidth="1"/>
     <col min="4" max="14" width="13.140625" style="1" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="1" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="36"/>
       <c r="D2" s="36"/>
       <c r="E2" s="36"/>
       <c r="F2" s="36"/>
@@ -1482,51 +1482,51 @@
       <c r="E5" s="5">
         <v>3052823.8844365655</v>
       </c>
       <c r="F5" s="5">
         <v>3122721.4171523876</v>
       </c>
       <c r="G5" s="5">
         <v>3216936.566567733</v>
       </c>
       <c r="H5" s="5">
         <v>3453818.1820641384</v>
       </c>
       <c r="I5" s="5">
         <v>3526277.9413268818</v>
       </c>
       <c r="J5" s="5">
         <v>3241024.7153151017</v>
       </c>
       <c r="K5" s="5">
         <v>3207411.9316930813</v>
       </c>
       <c r="L5" s="5">
         <v>3434773.1125681926</v>
       </c>
       <c r="M5" s="5">
-        <v>3737716.7165328087</v>
+        <v>3723820.4505965686</v>
       </c>
       <c r="N5" s="5">
         <v>3940188.7848180444</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>159</v>
       </c>
       <c r="C6" s="8">
         <v>2381818.6246604417</v>
       </c>
       <c r="D6" s="8">
         <v>2282385.3771602702</v>
       </c>
       <c r="E6" s="8">
         <v>2423559.5097160251</v>
       </c>
       <c r="F6" s="8">
         <v>2450050.4551009573</v>
       </c>
       <c r="G6" s="8">
@@ -3858,51 +3858,51 @@
       <c r="E59" s="8">
         <v>483010.49982054002</v>
       </c>
       <c r="F59" s="8">
         <v>523994.18921543023</v>
       </c>
       <c r="G59" s="8">
         <v>540892.95692824363</v>
       </c>
       <c r="H59" s="8">
         <v>593955.11896809773</v>
       </c>
       <c r="I59" s="8">
         <v>626910.87825354491</v>
       </c>
       <c r="J59" s="8">
         <v>627410.90581563383</v>
       </c>
       <c r="K59" s="8">
         <v>577600.30513305496</v>
       </c>
       <c r="L59" s="8">
         <v>567090.78883803601</v>
       </c>
       <c r="M59" s="8">
-        <v>669685.77771641163</v>
+        <v>655789.51178017166</v>
       </c>
       <c r="N59" s="8">
         <v>784048.29293039499</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A60" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>114</v>
       </c>
       <c r="C60" s="10">
         <v>245746.84807257925</v>
       </c>
       <c r="D60" s="10">
         <v>287829.73577285849</v>
       </c>
       <c r="E60" s="10">
         <v>306530.96432105004</v>
       </c>
       <c r="F60" s="10">
         <v>281647.11040805973</v>
       </c>
       <c r="G60" s="10">
@@ -4342,51 +4342,51 @@
       <c r="E70" s="10">
         <v>127520.12388879</v>
       </c>
       <c r="F70" s="10">
         <v>185052.85963784048</v>
       </c>
       <c r="G70" s="10">
         <v>171458.89621531207</v>
       </c>
       <c r="H70" s="10">
         <v>201830.76159933861</v>
       </c>
       <c r="I70" s="10">
         <v>202491.5138549275</v>
       </c>
       <c r="J70" s="10">
         <v>208976.98546613735</v>
       </c>
       <c r="K70" s="10">
         <v>178677.81635548998</v>
       </c>
       <c r="L70" s="10">
         <v>193850.89874022003</v>
       </c>
       <c r="M70" s="10">
-        <v>262475.10519104998</v>
+        <v>248578.83925480998</v>
       </c>
       <c r="N70" s="10">
         <v>276172.84596587997</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" s="11" t="s">
         <v>132</v>
       </c>
       <c r="B71" s="12" t="s">
         <v>133</v>
       </c>
       <c r="C71" s="10">
         <v>0</v>
       </c>
       <c r="D71" s="10">
         <v>0</v>
       </c>
       <c r="E71" s="10">
         <v>0</v>
       </c>
       <c r="F71" s="10">
         <v>0</v>
       </c>
       <c r="G71" s="10">
@@ -4474,51 +4474,51 @@
       <c r="E73" s="10">
         <v>43883.700448860007</v>
       </c>
       <c r="F73" s="10">
         <v>99461.083250039999</v>
       </c>
       <c r="G73" s="10">
         <v>65532.567659599998</v>
       </c>
       <c r="H73" s="10">
         <v>61976.484447147202</v>
       </c>
       <c r="I73" s="10">
         <v>53868.149228999995</v>
       </c>
       <c r="J73" s="10">
         <v>61380.580886220007</v>
       </c>
       <c r="K73" s="10">
         <v>34694.34988432</v>
       </c>
       <c r="L73" s="10">
         <v>25047.509839869999</v>
       </c>
       <c r="M73" s="10">
-        <v>57717.252355609999</v>
+        <v>43820.98641936999</v>
       </c>
       <c r="N73" s="10">
         <v>58228.184575159983</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>138</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>139</v>
       </c>
       <c r="C74" s="10">
         <v>0</v>
       </c>
       <c r="D74" s="10">
         <v>0</v>
       </c>
       <c r="E74" s="10">
         <v>0</v>
       </c>
       <c r="F74" s="10">
         <v>0</v>
       </c>
       <c r="G74" s="10">