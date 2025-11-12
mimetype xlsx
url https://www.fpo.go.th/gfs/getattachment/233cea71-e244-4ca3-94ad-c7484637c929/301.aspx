--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\T1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5762F065-8AAE-408D-AF0A-1E9183AFDA6B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB093E62-B008-49FD-A20F-313316B8E5F4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T1centralgov" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">T1centralgov!$A$1:$L$88</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">T1centralgov!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="164">
   <si>
     <t>Thailand</t>
   </si>
   <si>
@@ -1197,51 +1197,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="K18" sqref="K18"/>
+      <selection pane="bottomRight" activeCell="U25" sqref="U25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="49.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="15" style="1" customWidth="1"/>
     <col min="4" max="14" width="14.140625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27" t="s">
         <v>11</v>
       </c>
@@ -1317,51 +1317,51 @@
       <c r="E5" s="5">
         <v>2730449.2744365647</v>
       </c>
       <c r="F5" s="5">
         <v>2804659.018789737</v>
       </c>
       <c r="G5" s="5">
         <v>2873787.7525456129</v>
       </c>
       <c r="H5" s="5">
         <v>3079500.4871838954</v>
       </c>
       <c r="I5" s="5">
         <v>3144639.8173977085</v>
       </c>
       <c r="J5" s="5">
         <v>2936039.8712490126</v>
       </c>
       <c r="K5" s="5">
         <v>2952213.9916930818</v>
       </c>
       <c r="L5" s="5">
         <v>3122725.4925681925</v>
       </c>
       <c r="M5" s="5">
-        <v>3363541.6295328089</v>
+        <v>3349645.3635965688</v>
       </c>
       <c r="N5" s="5">
         <v>3523583.1848180443</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>159</v>
       </c>
       <c r="C6" s="8">
         <v>2290971.4012797386</v>
       </c>
       <c r="D6" s="8">
         <v>2182801.1093207099</v>
       </c>
       <c r="E6" s="8">
         <v>2316034.9097160245</v>
       </c>
       <c r="F6" s="8">
         <v>2349049.3856446389</v>
       </c>
       <c r="G6" s="8">
@@ -3693,51 +3693,51 @@
       <c r="E59" s="8">
         <v>412963.96982053993</v>
       </c>
       <c r="F59" s="8">
         <v>452625.73030909803</v>
       </c>
       <c r="G59" s="8">
         <v>467727.07790233998</v>
       </c>
       <c r="H59" s="8">
         <v>506786.18822805904</v>
       </c>
       <c r="I59" s="8">
         <v>542469.48663393501</v>
       </c>
       <c r="J59" s="8">
         <v>555146.71684145497</v>
       </c>
       <c r="K59" s="8">
         <v>508533.18513305497</v>
       </c>
       <c r="L59" s="8">
         <v>489722.84883803601</v>
       </c>
       <c r="M59" s="8">
-        <v>580670.1007164116</v>
+        <v>566773.83478017163</v>
       </c>
       <c r="N59" s="8">
         <v>685946.36293039494</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A60" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C60" s="10">
         <v>199231.74420685001</v>
       </c>
       <c r="D60" s="10">
         <v>235392.35916540999</v>
       </c>
       <c r="E60" s="10">
         <v>251690.32432104996</v>
       </c>
       <c r="F60" s="10">
         <v>224029.11190505803</v>
       </c>
       <c r="G60" s="10">
@@ -4177,51 +4177,51 @@
       <c r="E70" s="10">
         <v>116277.44388879</v>
       </c>
       <c r="F70" s="10">
         <v>174874.72923450998</v>
       </c>
       <c r="G70" s="10">
         <v>160046.59523178</v>
       </c>
       <c r="H70" s="10">
         <v>189823.45228111223</v>
       </c>
       <c r="I70" s="10">
         <v>190686.62540886999</v>
       </c>
       <c r="J70" s="10">
         <v>200232.558858</v>
       </c>
       <c r="K70" s="10">
         <v>171082.73635548999</v>
       </c>
       <c r="L70" s="10">
         <v>181897.30874022003</v>
       </c>
       <c r="M70" s="10">
-        <v>247552.79519104998</v>
+        <v>233656.52925480998</v>
       </c>
       <c r="N70" s="10">
         <v>260605.45596587996</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" s="11" t="s">
         <v>73</v>
       </c>
       <c r="B71" s="12" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="10">
         <v>0</v>
       </c>
       <c r="D71" s="10">
         <v>0</v>
       </c>
       <c r="E71" s="10">
         <v>0</v>
       </c>
       <c r="F71" s="10">
         <v>0</v>
       </c>
       <c r="G71" s="10">
@@ -4309,51 +4309,51 @@
       <c r="E73" s="10">
         <v>43883.700448860007</v>
       </c>
       <c r="F73" s="10">
         <v>99461.083250039999</v>
       </c>
       <c r="G73" s="10">
         <v>65532.567659599998</v>
       </c>
       <c r="H73" s="10">
         <v>61976.484447147202</v>
       </c>
       <c r="I73" s="10">
         <v>53868.149228999995</v>
       </c>
       <c r="J73" s="10">
         <v>61380.580886220007</v>
       </c>
       <c r="K73" s="10">
         <v>34694.34988432</v>
       </c>
       <c r="L73" s="10">
         <v>25047.509839869999</v>
       </c>
       <c r="M73" s="10">
-        <v>57717.252355609999</v>
+        <v>43820.98641936999</v>
       </c>
       <c r="N73" s="10">
         <v>58228.184575159983</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="10">
         <v>0</v>
       </c>
       <c r="D74" s="10">
         <v>0</v>
       </c>
       <c r="E74" s="10">
         <v>0</v>
       </c>
       <c r="F74" s="10">
         <v>0</v>
       </c>
       <c r="G74" s="10">