--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pailin\Downloads\Black Seagate\master file GFS\10. หน้าเว็บ Sep 25\T1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89A91FF5-2D8A-43EE-ADE7-CA2095DF9D9D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8C5D0E1-28B5-4C76-A530-88BF09A49EC2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T1budgetary" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">T1budgetary!$A$1:$L$88</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">T1budgetary!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="163">
   <si>
     <t>Thailand</t>
   </si>
   <si>
@@ -1181,51 +1181,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="F30" sqref="F30"/>
+      <selection pane="bottomRight" activeCell="R16" sqref="R16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="52" style="1" customWidth="1"/>
     <col min="3" max="3" width="13" style="1" customWidth="1"/>
     <col min="4" max="9" width="14" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="13.42578125" style="1" customWidth="1"/>
     <col min="12" max="14" width="13.7109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -1304,51 +1304,51 @@
       <c r="E5" s="5">
         <v>2580845.4599434645</v>
       </c>
       <c r="F5" s="5">
         <v>2690324.2742207125</v>
       </c>
       <c r="G5" s="5">
         <v>2749598.2524535032</v>
       </c>
       <c r="H5" s="5">
         <v>2956359.2632791153</v>
       </c>
       <c r="I5" s="5">
         <v>2990251.2622328852</v>
       </c>
       <c r="J5" s="5">
         <v>2798528.0847891928</v>
       </c>
       <c r="K5" s="5">
         <v>2792305.9605576615</v>
       </c>
       <c r="L5" s="5">
         <v>2992207.9174530827</v>
       </c>
       <c r="M5" s="5">
-        <v>3157863.8040171019</v>
+        <v>3143967.5380808618</v>
       </c>
       <c r="N5" s="5">
         <v>3365334.2722922638</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>159</v>
       </c>
       <c r="C6" s="8">
         <v>2178148.1519018188</v>
       </c>
       <c r="D6" s="8">
         <v>2098580.6345123732</v>
       </c>
       <c r="E6" s="8">
         <v>2212826.7748610745</v>
       </c>
       <c r="F6" s="8">
         <v>2295752.1475475025</v>
       </c>
       <c r="G6" s="8">
@@ -3680,51 +3680,51 @@
       <c r="E59" s="8">
         <v>349390.96563554002</v>
       </c>
       <c r="F59" s="8">
         <v>380685.76837035996</v>
       </c>
       <c r="G59" s="8">
         <v>384640.66672803997</v>
       </c>
       <c r="H59" s="8">
         <v>416540.70149905898</v>
       </c>
       <c r="I59" s="8">
         <v>451487.85350879503</v>
       </c>
       <c r="J59" s="8">
         <v>470383.480515495</v>
       </c>
       <c r="K59" s="8">
         <v>400381.00758804003</v>
       </c>
       <c r="L59" s="8">
         <v>412259.55610350007</v>
       </c>
       <c r="M59" s="8">
-        <v>491040.71141772502</v>
+        <v>477144.44548148499</v>
       </c>
       <c r="N59" s="8">
         <v>601940.0105801851</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A60" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C60" s="10">
         <v>194421.36812731001</v>
       </c>
       <c r="D60" s="10">
         <v>230765.93780302</v>
       </c>
       <c r="E60" s="10">
         <v>246920.31438036001</v>
       </c>
       <c r="F60" s="10">
         <v>218196.1009045</v>
       </c>
       <c r="G60" s="10">
@@ -4164,51 +4164,51 @@
       <c r="E70" s="10">
         <v>86525.635760630001</v>
       </c>
       <c r="F70" s="10">
         <v>144916.38510737001</v>
       </c>
       <c r="G70" s="10">
         <v>129136.99560379</v>
       </c>
       <c r="H70" s="10">
         <v>150666.14130365223</v>
       </c>
       <c r="I70" s="10">
         <v>155787.96337154999</v>
       </c>
       <c r="J70" s="10">
         <v>176157.93169406001</v>
       </c>
       <c r="K70" s="10">
         <v>154249.14216068998</v>
       </c>
       <c r="L70" s="10">
         <v>165254.52583481005</v>
       </c>
       <c r="M70" s="10">
-        <v>227671.62652845</v>
+        <v>213775.36059220997</v>
       </c>
       <c r="N70" s="10">
         <v>240867.97201686999</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" s="11" t="s">
         <v>73</v>
       </c>
       <c r="B71" s="12" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="10">
         <v>0</v>
       </c>
       <c r="D71" s="10">
         <v>0</v>
       </c>
       <c r="E71" s="10">
         <v>0</v>
       </c>
       <c r="F71" s="10">
         <v>0</v>
       </c>
       <c r="G71" s="10">
@@ -4296,51 +4296,51 @@
       <c r="E73" s="10">
         <v>15011.124916180002</v>
       </c>
       <c r="F73" s="10">
         <v>70082.879431840003</v>
       </c>
       <c r="G73" s="10">
         <v>34622.968031609998</v>
       </c>
       <c r="H73" s="10">
         <v>23482.536551147205</v>
       </c>
       <c r="I73" s="10">
         <v>19700.972921770001</v>
       </c>
       <c r="J73" s="10">
         <v>37305.953722280006</v>
       </c>
       <c r="K73" s="10">
         <v>18864.63159031</v>
       </c>
       <c r="L73" s="10">
         <v>8409.1394719</v>
       </c>
       <c r="M73" s="10">
-        <v>38330.332189449997</v>
+        <v>24434.066253209992</v>
       </c>
       <c r="N73" s="10">
         <v>38974.679715509985</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A74" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="10">
         <v>0</v>
       </c>
       <c r="D74" s="10">
         <v>0</v>
       </c>
       <c r="E74" s="10">
         <v>0</v>
       </c>
       <c r="F74" s="10">
         <v>0</v>
       </c>
       <c r="G74" s="10">